--- v0 (2025-12-06)
+++ v1 (2026-01-26)
@@ -1,170 +1,170 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4a3d47febb84d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c41d50a8878469895ea11495cc5f985.psmdcp" Id="Rfbdbc9db4efa450c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9ac6739dbbf4a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3a306decfd9f4c00bd79aa4f7862748e.psmdcp" Id="R591488fd6a1e4525" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Medici Veterinari" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Nume</x:t>
   </x:si>
   <x:si>
     <x:t>Prenume</x:t>
   </x:si>
   <x:si>
     <x:t>Cod Veterinar</x:t>
   </x:si>
   <x:si>
     <x:t>Nr. Diplomă</x:t>
   </x:si>
   <x:si>
     <x:t>Data Înregistrării</x:t>
   </x:si>
   <x:si>
     <x:t>Status</x:t>
   </x:si>
   <x:si>
     <x:t>Sancțiuni</x:t>
   </x:si>
   <x:si>
     <x:t>Nicolae</x:t>
   </x:si>
   <x:si>
+    <x:t>NAFORNIȚA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 009673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01.12.2021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Activ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valeriu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COCIU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>В-И 048502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oleg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHIHAI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 004177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artiom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ȘEVCENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Y 0085493</x:t>
+  </x:si>
+  <x:si>
     <x:t>CIAVDAR</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 007</x:t>
   </x:si>
   <x:si>
     <x:t>AL 009707</x:t>
   </x:si>
   <x:si>
-    <x:t>01.12.2021</x:t>
-[...26 lines deleted...]
-    <x:t>AL 009673</x:t>
+    <x:t>Antonina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUMITRIU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000025677</x:t>
   </x:si>
   <x:si>
     <x:t>Mihail</x:t>
   </x:si>
   <x:si>
     <x:t>MOROZ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 001</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003118</x:t>
   </x:si>
   <x:si>
-    <x:t>Valeriu</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Irina</x:t>
   </x:si>
   <x:si>
     <x:t>COVALENCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 008</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002267</x:t>
   </x:si>
   <x:si>
     <x:t>13.12.2021</x:t>
   </x:si>
   <x:si>
     <x:t>Vadim</x:t>
   </x:si>
   <x:si>
     <x:t>VOLOBUEV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 009</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002279</x:t>
@@ -319,536 +319,539 @@
   <x:si>
     <x:t>ROȘCA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 020</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000312</x:t>
   </x:si>
   <x:si>
     <x:t>08.02.2022</x:t>
   </x:si>
   <x:si>
     <x:t>LAZĂR</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 021</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002259</x:t>
   </x:si>
   <x:si>
     <x:t>09.02.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Da</x:t>
+  </x:si>
+  <x:si>
     <x:t>LUNGU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 023</x:t>
   </x:si>
   <x:si>
     <x:t>ИВ 960285</x:t>
   </x:si>
   <x:si>
     <x:t>11.02.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Alexandru</x:t>
   </x:si>
   <x:si>
     <x:t>MUSTEAȚĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 022</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003119</x:t>
   </x:si>
   <x:si>
+    <x:t>Radion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POPOVSCHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000003126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.02.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZLOTEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Andrei</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANDRIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000025755</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecaterina</x:t>
   </x:si>
   <x:si>
-    <x:t>POPOVSCHI</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CMV 024</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003125</x:t>
   </x:si>
   <x:si>
-    <x:t>14.02.2022</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Anna</x:t>
   </x:si>
   <x:si>
     <x:t>TICUBOȚ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 028</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002275</x:t>
   </x:si>
   <x:si>
     <x:t>15.02.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>DELEV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0061797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.02.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ala</x:t>
   </x:si>
   <x:si>
-    <x:t>DELEV</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CMV 030</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0061813</x:t>
   </x:si>
   <x:si>
-    <x:t>16.02.2022</x:t>
-[...5 lines deleted...]
-    <x:t>AL 0061797</x:t>
+    <x:t>MACRII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0099544</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.02.2022</x:t>
   </x:si>
   <x:si>
     <x:t>SAMSON</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 031</x:t>
   </x:si>
   <x:si>
     <x:t>AL 004209</x:t>
   </x:si>
   <x:si>
-    <x:t>18.02.2022</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Victoria</x:t>
   </x:si>
   <x:si>
+    <x:t>PUTIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИВ 962371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.02.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 033</x:t>
   </x:si>
   <x:si>
     <x:t>KB 591442</x:t>
   </x:si>
   <x:si>
-    <x:t>22.02.2022</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Mihaela</x:t>
   </x:si>
   <x:si>
     <x:t>CONSTANTINOVICI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 035</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000012896</x:t>
   </x:si>
   <x:si>
     <x:t>23.02.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Elena</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARANFIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.02.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>Inga</x:t>
   </x:si>
   <x:si>
     <x:t>BOGDAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 037</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000287</x:t>
   </x:si>
   <x:si>
-    <x:t>24.02.2022</x:t>
-[...11 lines deleted...]
-    <x:t>LMI 000002159</x:t>
+    <x:t>Dina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZAVALNAIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.02.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eduard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POSTOLACHE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 039</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000005038</x:t>
   </x:si>
   <x:si>
     <x:t>Tatiana</x:t>
   </x:si>
   <x:si>
     <x:t>TUREA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 040</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000007145</x:t>
   </x:si>
   <x:si>
-    <x:t>25.02.2022</x:t>
-[...23 lines deleted...]
-    <x:t>AMC 000005038</x:t>
+    <x:t>Vasile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAȘCĂ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 012844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.02.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Eugeniu</x:t>
   </x:si>
   <x:si>
     <x:t>BESCHIER</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 044</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000286</x:t>
   </x:si>
   <x:si>
-    <x:t>28.02.2022</x:t>
+    <x:t>DEVDER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0015947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valeria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRIJANOVSCHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C 0022378</x:t>
   </x:si>
   <x:si>
     <x:t>CADA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 041</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0099489</x:t>
   </x:si>
   <x:si>
-    <x:t>TAȘCĂ</x:t>
-[...35 lines deleted...]
-    <x:t>E 012844</x:t>
+    <x:t>GONȚA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01.03.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natalia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROTARU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 012857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vladimir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COTOMAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 058</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 000404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MILEȘCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000010861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STARCIUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Б-I 048599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lilia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZASTAVEȚCHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANDONI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOROHORINA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000012904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>URSACHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gherman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CERNEI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000003100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eugenia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VECHIU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000059</x:t>
   </x:si>
   <x:si>
     <x:t>CEGODARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 057</x:t>
   </x:si>
   <x:si>
     <x:t>В-И 516664</x:t>
   </x:si>
   <x:si>
-    <x:t>01.03.2022</x:t>
-[...115 lines deleted...]
-  <x:si>
     <x:t>CMV 047</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0099527</x:t>
   </x:si>
   <x:si>
+    <x:t>Sergiu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIDORUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0082116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04.03.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FILIPPOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000186</x:t>
+  </x:si>
+  <x:si>
     <x:t>Victor</x:t>
   </x:si>
   <x:si>
     <x:t>POLIMARU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 061</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 620889</x:t>
   </x:si>
   <x:si>
-    <x:t>04.03.2022</x:t>
-[...20 lines deleted...]
-    <x:t>LMI 000000186</x:t>
+    <x:t>Rita</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOLBAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Б-I 048620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07.03.2022</x:t>
   </x:si>
   <x:si>
     <x:t>PRISECHIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 064</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000011325</x:t>
   </x:si>
   <x:si>
-    <x:t>07.03.2022</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Dorina</x:t>
   </x:si>
   <x:si>
     <x:t>BUZAIJI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 066</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002157</x:t>
   </x:si>
   <x:si>
     <x:t>10.03.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Diana</x:t>
   </x:si>
   <x:si>
     <x:t>ZAICICO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 067</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000208</x:t>
@@ -871,536 +874,536 @@
   <x:si>
     <x:t>BALOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 069</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0015955</x:t>
   </x:si>
   <x:si>
     <x:t>16.03.2022</x:t>
   </x:si>
   <x:si>
     <x:t>NICOLAU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 081</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003121</x:t>
   </x:si>
   <x:si>
     <x:t>17.03.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Alina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RENIȚĂ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eugen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARTAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 009668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leonid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IVANSCHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИВ 956780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SILIVESTRU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Serghei</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IALAMOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛЕ 012000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fiodor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEBAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 004977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anastasia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LIBERANSCAIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000019902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BARTIUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Feodora</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEZNIUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДI-366542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRODAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИВ 766743</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ghenadie</x:t>
   </x:si>
   <x:si>
     <x:t>LUPAȘCU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 080</x:t>
   </x:si>
   <x:si>
     <x:t>AL 000460</x:t>
   </x:si>
   <x:si>
-    <x:t>Leonid</x:t>
-[...53 lines deleted...]
-    <x:t>LMI 000000316</x:t>
+    <x:t>CMV 083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛВ 264190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grigore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIVOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AI 996129</x:t>
   </x:si>
   <x:si>
     <x:t>BOLGANSCHII</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 077</x:t>
   </x:si>
   <x:si>
     <x:t>Л-Д 012808</x:t>
   </x:si>
   <x:si>
-    <x:t>Serghei</x:t>
-[...76 lines deleted...]
-  <x:si>
     <x:t>Radu</x:t>
   </x:si>
   <x:si>
     <x:t>CARAMAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 086</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0099490</x:t>
   </x:si>
   <x:si>
     <x:t>21.03.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Galina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPIRIDONOVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Э 863572</x:t>
+  </x:si>
+  <x:si>
     <x:t>SPIRIDONOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 089</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032747</x:t>
   </x:si>
   <x:si>
-    <x:t>Galina</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Nina</x:t>
   </x:si>
   <x:si>
     <x:t>MUCERSCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 087</x:t>
   </x:si>
   <x:si>
     <x:t>Э 404585</x:t>
   </x:si>
   <x:si>
     <x:t>Nadejda</x:t>
   </x:si>
   <x:si>
     <x:t>UTCHINA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 090</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0038614</x:t>
   </x:si>
   <x:si>
     <x:t>22.03.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>BAICEVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0038619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.03.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>POPOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 093</x:t>
   </x:si>
   <x:si>
     <x:t>ДИ 197794</x:t>
   </x:si>
   <x:si>
-    <x:t>23.03.2022</x:t>
+    <x:t>CMV 094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0099512</x:t>
   </x:si>
   <x:si>
     <x:t>Iuri</x:t>
   </x:si>
   <x:si>
     <x:t>PANARIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 091</x:t>
   </x:si>
   <x:si>
     <x:t>ШВ 752057</x:t>
   </x:si>
   <x:si>
-    <x:t>BAICEVA</x:t>
-[...11 lines deleted...]
-    <x:t>AL 0099512</x:t>
+    <x:t>NAMOLOVAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000009122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.03.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Natela</x:t>
   </x:si>
   <x:si>
     <x:t>BADOEVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 096</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0105261</x:t>
   </x:si>
   <x:si>
-    <x:t>24.03.2022</x:t>
-[...8 lines deleted...]
-    <x:t>AMC 000009122</x:t>
+    <x:t>Dmitrii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAȚENCU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000005032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.03.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAREȚCHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0055104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIACENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000010853</x:t>
   </x:si>
   <x:si>
     <x:t>Viorica</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 103</x:t>
   </x:si>
   <x:si>
     <x:t>УВ-I 148767</x:t>
   </x:si>
   <x:si>
-    <x:t>25.03.2022</x:t>
-[...29 lines deleted...]
-    <x:t>AMC 000010853</x:t>
+    <x:t>Vasili</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CERNOBROV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000003101</x:t>
   </x:si>
   <x:si>
     <x:t>MÎNDRU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 098</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000009119</x:t>
   </x:si>
   <x:si>
-    <x:t>Vasili</x:t>
-[...8 lines deleted...]
-    <x:t>AMC 000003101</x:t>
+    <x:t>Olga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EJOVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 000452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.03.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ruslan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTOCI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0055081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARȚEFLEAK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 010316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liliana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PORCESCU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЦВ 234777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GANGAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТВ 329492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurelia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BABENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УВ 148987</x:t>
   </x:si>
   <x:si>
     <x:t>CROITOR</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 105</x:t>
   </x:si>
   <x:si>
     <x:t>AL 004180</x:t>
   </x:si>
   <x:si>
-    <x:t>28.03.2022</x:t>
-[...70 lines deleted...]
-  <x:si>
     <x:t>BOCLINCA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 111</x:t>
   </x:si>
   <x:si>
     <x:t>ИВ 955339</x:t>
   </x:si>
   <x:si>
     <x:t>29.03.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Svetlana</x:t>
   </x:si>
   <x:si>
     <x:t>CAZACU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 113</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 620973</x:t>
   </x:si>
   <x:si>
     <x:t>Liudmila</x:t>
   </x:si>
   <x:si>
     <x:t>TERTEAC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 112</x:t>
   </x:si>
   <x:si>
     <x:t>МП НХ 014027</x:t>
   </x:si>
   <x:si>
+    <x:t>Taisia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIOBANU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0061816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.03.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARCENCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 115</x:t>
   </x:si>
   <x:si>
     <x:t>КВ 583122</x:t>
   </x:si>
   <x:si>
-    <x:t>31.03.2022</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>TCACENCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 116</x:t>
   </x:si>
   <x:si>
     <x:t>E 010189</x:t>
   </x:si>
   <x:si>
     <x:t>SÎRBU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 118</x:t>
   </x:si>
   <x:si>
     <x:t>КВ 591874</x:t>
   </x:si>
   <x:si>
     <x:t>01.04.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Nicu</x:t>
   </x:si>
   <x:si>
     <x:t>BERZOI</x:t>
@@ -1474,578 +1477,578 @@
   <x:si>
     <x:t>LMI 000002254</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 570</x:t>
   </x:si>
   <x:si>
     <x:t>A-I 996987</x:t>
   </x:si>
   <x:si>
     <x:t>10.04.2022</x:t>
   </x:si>
   <x:si>
     <x:t>GAINA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 124</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 620952</x:t>
   </x:si>
   <x:si>
     <x:t>11.04.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>CHIOSA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПВ 620862-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anatolii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ȘTIRBU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000009130</x:t>
+  </x:si>
+  <x:si>
     <x:t>VOLOȘENCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 127</x:t>
   </x:si>
   <x:si>
     <x:t>AL 004217</x:t>
   </x:si>
   <x:si>
-    <x:t>Anatolii</x:t>
-[...17 lines deleted...]
-    <x:t>ПВ 620862-</x:t>
+    <x:t>PETREAȘIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000025760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.04.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EREMCIUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИВ 956798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anatolie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SADOVSCHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЖВ 623794</x:t>
   </x:si>
   <x:si>
     <x:t>BEȚIVU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 133</x:t>
   </x:si>
   <x:si>
     <x:t>E 004938</x:t>
   </x:si>
   <x:si>
-    <x:t>14.04.2022</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>TRANCALAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 129</x:t>
   </x:si>
   <x:si>
     <x:t>E 010118</x:t>
   </x:si>
   <x:si>
-    <x:t>EREMCIUC</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Alexandr</x:t>
   </x:si>
   <x:si>
     <x:t>RUSSU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 134</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000198</x:t>
   </x:si>
   <x:si>
     <x:t>15.04.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Vitalie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0056720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.04.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STIHARI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 136</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0038628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elizaveta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SERGHEEVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002273</x:t>
+  </x:si>
+  <x:si>
     <x:t>ROTARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 140</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000009126</x:t>
   </x:si>
   <x:si>
-    <x:t>18.04.2022</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>GORCEAC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 138</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0070075</x:t>
   </x:si>
   <x:si>
-    <x:t>STIHARI</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Olesea</x:t>
   </x:si>
   <x:si>
     <x:t>LEANCA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 135</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002272</x:t>
   </x:si>
   <x:si>
-    <x:t>Elizaveta</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>VARARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 141</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0033708</x:t>
   </x:si>
   <x:si>
     <x:t>21.04.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Valentina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOZAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЭВ 873268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.04.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ȘECHIR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PB 797759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pavel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRONAȘ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0099545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Angela</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VASLUIAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 000407</x:t>
+  </x:si>
+  <x:si>
     <x:t>TOMIȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 145</x:t>
   </x:si>
   <x:si>
     <x:t>B-I 524702</x:t>
   </x:si>
   <x:si>
-    <x:t>27.04.2022</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>BARBU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 147</x:t>
   </x:si>
   <x:si>
     <x:t>УВ 919793</x:t>
   </x:si>
   <x:si>
     <x:t>28.04.2022</x:t>
   </x:si>
   <x:si>
     <x:t>POPA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 149</x:t>
   </x:si>
   <x:si>
     <x:t>AL 007230</x:t>
   </x:si>
   <x:si>
     <x:t>29.04.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>RÎBUȘCHIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 009679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04.05.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>Caren</x:t>
   </x:si>
   <x:si>
     <x:t>DOLGOPOLOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 150</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002269</x:t>
   </x:si>
   <x:si>
-    <x:t>04.05.2022</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CLIMOVICI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 152</x:t>
   </x:si>
   <x:si>
     <x:t>Щ 099419</x:t>
   </x:si>
   <x:si>
     <x:t>URZICĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 153</x:t>
   </x:si>
   <x:si>
     <x:t>E 010108</x:t>
   </x:si>
   <x:si>
     <x:t>05.05.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>STAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 007247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06.05.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>TROCIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 155</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0134531</x:t>
   </x:si>
   <x:si>
-    <x:t>06.05.2022</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>BÎRLADEAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 154</x:t>
   </x:si>
   <x:si>
     <x:t>УВ-I 148785</x:t>
   </x:si>
   <x:si>
     <x:t>Daria</x:t>
   </x:si>
   <x:si>
     <x:t>CARAIDALÎ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 157</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000007152</x:t>
   </x:si>
   <x:si>
     <x:t>10.05.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>CRUDU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.05.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOTESCU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0015956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alexand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LISÎI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000025754</x:t>
+  </x:si>
+  <x:si>
     <x:t>JEVERDAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 161</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0137733</x:t>
   </x:si>
   <x:si>
-    <x:t>11.05.2022</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>LISNIC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 162</x:t>
   </x:si>
   <x:si>
     <x:t>AL 009693</x:t>
   </x:si>
   <x:si>
-    <x:t>CRUDU</x:t>
-[...17 lines deleted...]
-    <x:t>ALI 000025754</x:t>
+    <x:t>DJUGOSTRAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Я 649580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.05.2022</x:t>
   </x:si>
   <x:si>
     <x:t>PASECINIC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 167</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000308</x:t>
   </x:si>
   <x:si>
-    <x:t>12.05.2022</x:t>
-[...8 lines deleted...]
-    <x:t>Я 649580</x:t>
+    <x:t>VIERU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000025711</x:t>
   </x:si>
   <x:si>
     <x:t>BRAGHIȘ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 166</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0038580</x:t>
   </x:si>
   <x:si>
-    <x:t>VIERU</x:t>
-[...5 lines deleted...]
-    <x:t>ALI 000025711</x:t>
+    <x:t>ȚVENTARNAIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.05.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spiridon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICHITA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000042</x:t>
   </x:si>
   <x:si>
     <x:t>VOINIȚCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 170</x:t>
   </x:si>
   <x:si>
     <x:t>AL 005509</x:t>
   </x:si>
   <x:si>
-    <x:t>13.05.2022</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>GROSSU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 168</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0099539</x:t>
   </x:si>
   <x:si>
-    <x:t>Spiridon</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Vlad</x:t>
   </x:si>
   <x:si>
     <x:t>BUȘINSCHII</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 176</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000007141</x:t>
   </x:si>
   <x:si>
     <x:t>16.05.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Gavriil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PETROV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0099510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ivan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000009125</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maxim</x:t>
   </x:si>
   <x:si>
     <x:t>BEJAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 174</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000028</x:t>
   </x:si>
   <x:si>
-    <x:t>Ivan</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>CRISTEA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 177</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000009111</x:t>
   </x:si>
   <x:si>
     <x:t>17.05.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Andrian</x:t>
   </x:si>
   <x:si>
     <x:t>ȚARUȘ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 178</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003132</x:t>
   </x:si>
   <x:si>
     <x:t>18.05.2022</x:t>
@@ -2053,560 +2056,560 @@
   <x:si>
     <x:t>GUSEV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 179</x:t>
   </x:si>
   <x:si>
     <x:t>ЖВ 570264</x:t>
   </x:si>
   <x:si>
     <x:t>19.05.2022</x:t>
   </x:si>
   <x:si>
     <x:t>POPOVSCAIA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 180</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000048</x:t>
   </x:si>
   <x:si>
     <x:t>20.05.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Timur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0038559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.05.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANCEV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000007159</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lina</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 181</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0105248</x:t>
   </x:si>
   <x:si>
-    <x:t>23.05.2022</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Viorel</x:t>
   </x:si>
   <x:si>
     <x:t>BÎCU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 184</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000175</x:t>
   </x:si>
   <x:si>
     <x:t>24.05.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Semion</x:t>
   </x:si>
   <x:si>
     <x:t>DIACIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 185</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0038621</x:t>
   </x:si>
   <x:si>
     <x:t>25.05.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Ștefan</x:t>
   </x:si>
   <x:si>
     <x:t>RUSU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 186</x:t>
   </x:si>
   <x:si>
     <x:t>AL 004201</x:t>
   </x:si>
   <x:si>
     <x:t>31.05.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>STÎNĂ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000003129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01.06.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAMBUR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000030</x:t>
+  </x:si>
+  <x:si>
     <x:t>VÎHRIST</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 187</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000326</x:t>
   </x:si>
   <x:si>
-    <x:t>01.06.2022</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>CMV 188</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000325</x:t>
   </x:si>
   <x:si>
+    <x:t>TRICOLICI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03.06.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Janna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEDIURCHINA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABC 0268426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000192</x:t>
+  </x:si>
+  <x:si>
     <x:t>Seghei</x:t>
   </x:si>
   <x:si>
     <x:t>ZADORIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 192</x:t>
   </x:si>
   <x:si>
     <x:t>ИВ 956775</x:t>
   </x:si>
   <x:si>
-    <x:t>03.06.2022</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CMV 195</x:t>
   </x:si>
   <x:si>
     <x:t>SE 003957</x:t>
   </x:si>
   <x:si>
-    <x:t>Janna</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>SMOTROVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 196</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0015966</x:t>
   </x:si>
   <x:si>
     <x:t>06.06.2022</x:t>
   </x:si>
   <x:si>
     <x:t>GROZA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 197</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0015930</x:t>
   </x:si>
   <x:si>
     <x:t>08.06.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Alisa</x:t>
   </x:si>
   <x:si>
     <x:t>MARIAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 198</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000191</x:t>
   </x:si>
   <x:si>
     <x:t>14.06.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>CERNENCHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000005009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.06.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>BURIC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 199</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000007140</x:t>
   </x:si>
   <x:si>
-    <x:t>15.06.2022</x:t>
-[...8 lines deleted...]
-    <x:t>AMC 000005009</x:t>
+    <x:t>CMV 202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000025719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.06.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Viktor</x:t>
   </x:si>
   <x:si>
     <x:t>IAKOVLEV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 201</x:t>
   </x:si>
   <x:si>
     <x:t>KB 590720</x:t>
   </x:si>
   <x:si>
-    <x:t>17.06.2022</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Tamara</x:t>
   </x:si>
   <x:si>
     <x:t>GUȚUL</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 203</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000025685</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 204</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000005041</x:t>
   </x:si>
   <x:si>
     <x:t>20.06.2022</x:t>
   </x:si>
   <x:si>
     <x:t>PODÎMOVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 206</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002386</x:t>
   </x:si>
   <x:si>
     <x:t>27.06.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>PODÎMOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vitali</x:t>
+  </x:si>
+  <x:si>
     <x:t>ANDRUȘOI</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЭВ 128994</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 208</x:t>
   </x:si>
   <x:si>
     <x:t>РВ 590154</x:t>
   </x:si>
   <x:si>
-    <x:t>PODÎMOV</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>ARHIRE</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 209</x:t>
   </x:si>
   <x:si>
     <x:t>ЖВ 904368</x:t>
   </x:si>
   <x:si>
     <x:t>28.06.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>CHIȚANU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000010848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01.07.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ruxandra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002369</x:t>
+  </x:si>
+  <x:si>
     <x:t>Daniela</x:t>
   </x:si>
   <x:si>
     <x:t>BORDEA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 212</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002359</x:t>
   </x:si>
   <x:si>
-    <x:t>01.07.2022</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Larisa</x:t>
   </x:si>
   <x:si>
     <x:t>CRĂCIUN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 213</x:t>
   </x:si>
   <x:si>
     <x:t>E 010307</x:t>
   </x:si>
   <x:si>
     <x:t>11.07.2022</x:t>
   </x:si>
   <x:si>
     <x:t>ORLENCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 214</x:t>
   </x:si>
   <x:si>
     <x:t>AL 000443</x:t>
   </x:si>
   <x:si>
     <x:t>12.07.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>GRAMOVICI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ФВ 722319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.07.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>SAVANU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 216</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0015969</x:t>
   </x:si>
   <x:si>
-    <x:t>19.07.2022</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>SEMZENISI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 217</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000051</x:t>
   </x:si>
   <x:si>
     <x:t>01.08.2022</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 219</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002177</x:t>
   </x:si>
   <x:si>
     <x:t>BÎNZARU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 218</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002173</x:t>
   </x:si>
   <x:si>
+    <x:t>TEMCIUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02.08.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000202</x:t>
+  </x:si>
+  <x:si>
     <x:t>DOLGANIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 220</x:t>
   </x:si>
   <x:si>
     <x:t>AL 009661</x:t>
   </x:si>
   <x:si>
-    <x:t>02.08.2022</x:t>
-[...14 lines deleted...]
-    <x:t>LMI 000000202</x:t>
+    <x:t>GRATI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Я 859602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03.08.2022</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 224</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000010871</x:t>
   </x:si>
   <x:si>
-    <x:t>03.08.2022</x:t>
-[...8 lines deleted...]
-    <x:t>Я 859602</x:t>
+    <x:t>CUDRENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04.08.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PASCAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002348</x:t>
   </x:si>
   <x:si>
     <x:t>CHIROȘCA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 229</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 170733</x:t>
   </x:si>
   <x:si>
-    <x:t>04.08.2022</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>RUDAC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 227</x:t>
   </x:si>
   <x:si>
     <x:t>Б-I 047817</x:t>
   </x:si>
   <x:si>
-    <x:t>PASCAL</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Liviu</x:t>
   </x:si>
   <x:si>
     <x:t>IAVORSCHII</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 230</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002180</x:t>
   </x:si>
   <x:si>
     <x:t>VLAS</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 228</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 612373</x:t>
   </x:si>
   <x:si>
     <x:t>CUZMUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 232</x:t>
@@ -2644,68 +2647,68 @@
   <x:si>
     <x:t>ILAȘCU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 234</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002162</x:t>
   </x:si>
   <x:si>
     <x:t>10.08.2022</x:t>
   </x:si>
   <x:si>
     <x:t>BERBER</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 235</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000011270</x:t>
   </x:si>
   <x:si>
     <x:t>23.08.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>ȘVEȚ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 004210</x:t>
+  </x:si>
+  <x:si>
     <x:t>TODOROV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 236</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000321</x:t>
   </x:si>
   <x:si>
-    <x:t>ȘVEȚ</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>RENȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 239</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000025728</x:t>
   </x:si>
   <x:si>
     <x:t>05.09.2022</x:t>
   </x:si>
   <x:si>
     <x:t>PRISACARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 238</x:t>
   </x:si>
   <x:si>
     <x:t>НВ 306344</x:t>
   </x:si>
   <x:si>
     <x:t>GÂRBU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 240</x:t>
@@ -2758,203 +2761,203 @@
   <x:si>
     <x:t>ENCIU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 244</x:t>
   </x:si>
   <x:si>
     <x:t>B-I 524719</x:t>
   </x:si>
   <x:si>
     <x:t>13.09.2022</x:t>
   </x:si>
   <x:si>
     <x:t>PAVLOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 245</x:t>
   </x:si>
   <x:si>
     <x:t>AL 000408</x:t>
   </x:si>
   <x:si>
     <x:t>14.09.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>GOSPODINOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0099537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.09.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>STRAISTĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 247</x:t>
   </x:si>
   <x:si>
     <x:t>AL 007238</x:t>
   </x:si>
   <x:si>
-    <x:t>21.09.2022</x:t>
+    <x:t>RAILEANU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002170</x:t>
   </x:si>
   <x:si>
     <x:t>GARANOVSCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 248</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002270</x:t>
   </x:si>
   <x:si>
-    <x:t>GOSPODINOV</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>CIUMAC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 250</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000005012</x:t>
   </x:si>
   <x:si>
     <x:t>23.09.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Stela</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLESNIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0055118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.09.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>MEDVEDEVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 251</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003116</x:t>
   </x:si>
   <x:si>
-    <x:t>28.09.2022</x:t>
-[...11 lines deleted...]
-    <x:t>AL 0055118</x:t>
+    <x:t>Veniamin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COCORIUCHIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0070028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.09.2022</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 253</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002383</x:t>
   </x:si>
   <x:si>
-    <x:t>29.09.2022</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>CMV 255</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000007142</x:t>
   </x:si>
   <x:si>
     <x:t>03.10.2022</x:t>
   </x:si>
   <x:si>
     <x:t>GRAUR</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 256</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002363</x:t>
   </x:si>
   <x:si>
     <x:t>07.10.2022</x:t>
   </x:si>
   <x:si>
     <x:t>RAILEAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 257</x:t>
   </x:si>
   <x:si>
     <x:t>KB 591881</x:t>
   </x:si>
   <x:si>
     <x:t>10.10.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Arcadie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REVENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПВ 620951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.10.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>MĂRÎI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 258</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003115</x:t>
   </x:si>
   <x:si>
-    <x:t>12.10.2022</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>CATAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 260</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003095</x:t>
   </x:si>
   <x:si>
     <x:t>18.10.2022</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGOMAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 261</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002381</x:t>
   </x:si>
   <x:si>
     <x:t>24.10.2022</x:t>
   </x:si>
   <x:si>
     <x:t>CREȚU</x:t>
@@ -3004,401 +3007,401 @@
   <x:si>
     <x:t>CMV 265</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 612368</x:t>
   </x:si>
   <x:si>
     <x:t>14.11.2022</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 266</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032687</x:t>
   </x:si>
   <x:si>
     <x:t>15.11.2022</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 267</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0105260</x:t>
   </x:si>
   <x:si>
+    <x:t>IVANOVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.11.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>Adrian</x:t>
   </x:si>
   <x:si>
     <x:t>POPOVICI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 270</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0105505</x:t>
   </x:si>
   <x:si>
-    <x:t>24.11.2022</x:t>
-[...8 lines deleted...]
-    <x:t>LMI 000002164</x:t>
+    <x:t>GAJA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УВ 739176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.11.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gheorghe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIMITRIU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000010854</x:t>
   </x:si>
   <x:si>
     <x:t>PLEȘCA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 272</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0055123</x:t>
   </x:si>
   <x:si>
-    <x:t>29.11.2022</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>PLATON</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 274</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0105276</x:t>
   </x:si>
   <x:si>
     <x:t>30.11.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>MALERU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05.12.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>DOLGHIERU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 275</x:t>
   </x:si>
   <x:si>
     <x:t>AL 007244</x:t>
   </x:si>
   <x:si>
-    <x:t>05.12.2022</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>OCRAIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 277</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000044</x:t>
   </x:si>
   <x:si>
     <x:t>06.12.2022</x:t>
   </x:si>
   <x:si>
     <x:t>FURTUNA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 279</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000010850</x:t>
   </x:si>
   <x:si>
     <x:t>07.12.2022</x:t>
   </x:si>
   <x:si>
     <x:t>SLUȘNEAC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 278</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0099550</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000025675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.12.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>MANOHINA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 280</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0070030</x:t>
   </x:si>
   <x:si>
-    <x:t>16.12.2022</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CMV 268</x:t>
   </x:si>
   <x:si>
     <x:t>69/1987</x:t>
   </x:si>
   <x:si>
     <x:t>21.12.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>ADVAHOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 000419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.12.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dorel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAMBARSKI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 003978</x:t>
+  </x:si>
+  <x:si>
     <x:t>NECULA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 283</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002346</x:t>
   </x:si>
   <x:si>
-    <x:t>23.12.2022</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>SAVIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 285</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002351</x:t>
   </x:si>
   <x:si>
     <x:t>26.12.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Rodion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ȘIȘCHIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000011304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.12.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VISOȚCAIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000011330</x:t>
+  </x:si>
+  <x:si>
     <x:t>CIUCHITU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 287</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000011272</x:t>
   </x:si>
   <x:si>
-    <x:t>27.12.2022</x:t>
-[...20 lines deleted...]
-    <x:t>ALI 000011330</x:t>
+    <x:t>Selia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEDIU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПВ 620873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.01.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SÎRGHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Б-I 047853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLECAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПВ 620900</x:t>
   </x:si>
   <x:si>
     <x:t>OLARIȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 290</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 328246</x:t>
   </x:si>
   <x:si>
-    <x:t>11.01.2023</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>SURDU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 293</x:t>
   </x:si>
   <x:si>
     <x:t>ЗВ 873270</x:t>
   </x:si>
   <x:si>
     <x:t>16.01.2023</x:t>
   </x:si>
   <x:si>
     <x:t>TROHIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 294</x:t>
   </x:si>
   <x:si>
     <x:t>E 003973</x:t>
   </x:si>
   <x:si>
     <x:t>17.01.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>Marcel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGACHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 004155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.01.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>CUZUIOC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 296</x:t>
   </x:si>
   <x:si>
     <x:t>AL 007246</x:t>
   </x:si>
   <x:si>
-    <x:t>18.01.2023</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MEREUȚĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 295</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003117</x:t>
   </x:si>
   <x:si>
-    <x:t>Marcel</x:t>
-[...8 lines deleted...]
-    <x:t>AL 004155</x:t>
+    <x:t>ANTOHIEV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0056725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.01.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Stanislav</x:t>
   </x:si>
   <x:si>
     <x:t>COVALCIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 298</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000183</x:t>
   </x:si>
   <x:si>
-    <x:t>20.01.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Alexei</x:t>
   </x:si>
   <x:si>
     <x:t>ȚĂRUȘ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 300</x:t>
   </x:si>
   <x:si>
     <x:t>B-I 525104</x:t>
   </x:si>
   <x:si>
     <x:t>24.01.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CIUBOTARU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 301</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032696</x:t>
   </x:si>
   <x:si>
     <x:t>Ariadna</x:t>
@@ -3436,260 +3439,260 @@
   <x:si>
     <x:t>01.02.2023</x:t>
   </x:si>
   <x:si>
     <x:t>DAVIDOVICI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 304</x:t>
   </x:si>
   <x:si>
     <x:t>ЗВ 873840</x:t>
   </x:si>
   <x:si>
     <x:t>MACOVEI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 306</x:t>
   </x:si>
   <x:si>
     <x:t>УВ-I 148787</x:t>
   </x:si>
   <x:si>
     <x:t>02.02.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>MAXIMENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000009117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06.02.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>POPESCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 308</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000010868</x:t>
   </x:si>
   <x:si>
-    <x:t>06.02.2023</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ANDRIEȘ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 307</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003090</x:t>
   </x:si>
   <x:si>
-    <x:t>MAXIMENCO</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CMV 309</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000005037</x:t>
   </x:si>
   <x:si>
+    <x:t>BODNARI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0038605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.02.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>ANIȚOAE</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 312</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002377</x:t>
   </x:si>
   <x:si>
-    <x:t>13.02.2023</x:t>
-[...8 lines deleted...]
-    <x:t>AL 0038605</x:t>
+    <x:t>DIDU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УВ 919795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.02.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Д-I 273121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GUMENIUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107705 0000279 03/CB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 003981</x:t>
   </x:si>
   <x:si>
     <x:t>ALÎMOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 318</x:t>
   </x:si>
   <x:si>
     <x:t>MB 487312</x:t>
   </x:si>
   <x:si>
-    <x:t>15.02.2023</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MOCANU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 314</x:t>
   </x:si>
   <x:si>
     <x:t>AL 000441</x:t>
   </x:si>
   <x:si>
-    <x:t>DIDU</x:t>
-[...26 lines deleted...]
-    <x:t>E 003981</x:t>
+    <x:t>CHIȘLARI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.02.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Melania</x:t>
   </x:si>
   <x:si>
     <x:t>CURAC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 320</x:t>
   </x:si>
   <x:si>
     <x:t>E 004962</x:t>
   </x:si>
   <x:si>
-    <x:t>16.02.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>PANUȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 321</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032713</x:t>
   </x:si>
   <x:si>
     <x:t>17.02.2023</x:t>
   </x:si>
   <x:si>
     <x:t>IORDATII</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 322</x:t>
   </x:si>
   <x:si>
     <x:t>KB 591876</x:t>
   </x:si>
   <x:si>
     <x:t>20.02.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Sava</x:t>
   </x:si>
   <x:si>
     <x:t>FILIMON</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 323</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002196</x:t>
   </x:si>
   <x:si>
+    <x:t>ȘESTOPALIUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПВ 620854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.02.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>Boris</x:t>
   </x:si>
   <x:si>
     <x:t>BASISTÎI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 324</x:t>
   </x:si>
   <x:si>
     <x:t>ЗВ 873832</x:t>
   </x:si>
   <x:si>
-    <x:t>23.02.2023</x:t>
-[...8 lines deleted...]
-    <x:t>ПВ 620854</x:t>
+    <x:t>BUGAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B-I 525382</x:t>
   </x:si>
   <x:si>
     <x:t>Ilie</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 327</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 620984</x:t>
   </x:si>
   <x:si>
-    <x:t>BUGAN</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Rodica</x:t>
   </x:si>
   <x:si>
     <x:t>CANȚER</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 330</x:t>
   </x:si>
   <x:si>
     <x:t>ЗВ 873841</x:t>
   </x:si>
   <x:si>
     <x:t>24.02.2023</x:t>
   </x:si>
   <x:si>
     <x:t>NEGARA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 329</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0105245</x:t>
   </x:si>
   <x:si>
     <x:t>IGNAT</x:t>
@@ -3721,254 +3724,254 @@
   <x:si>
     <x:t>CMV 335</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002364</x:t>
   </x:si>
   <x:si>
     <x:t>02.03.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 333</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000033723</x:t>
   </x:si>
   <x:si>
     <x:t>BANARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 334</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0134823</x:t>
   </x:si>
   <x:si>
+    <x:t>GANEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 336</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Б-I 047816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03.03.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PITEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 004196</x:t>
+  </x:si>
+  <x:si>
     <x:t>DRON</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 337</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000293</x:t>
   </x:si>
   <x:si>
-    <x:t>03.03.2023</x:t>
-[...17 lines deleted...]
-    <x:t>AL 004196</x:t>
+    <x:t>Stepan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHIREACOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ШВ 015618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06.03.2023</x:t>
   </x:si>
   <x:si>
     <x:t>VICOL</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 340</x:t>
   </x:si>
   <x:si>
     <x:t>TB 884114</x:t>
   </x:si>
   <x:si>
-    <x:t>06.03.2023</x:t>
-[...11 lines deleted...]
-    <x:t>ШВ 015618</x:t>
+    <x:t>COȘCIUG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ш 145872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07.03.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUNTEANU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УB-I 148783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗВ 873842</x:t>
   </x:si>
   <x:si>
     <x:t>Veronica</x:t>
   </x:si>
   <x:si>
     <x:t>SCRIPCARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 343</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0134529</x:t>
   </x:si>
   <x:si>
-    <x:t>07.03.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>NOVAC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 342</x:t>
   </x:si>
   <x:si>
     <x:t>Г-I 730973</x:t>
   </x:si>
   <x:si>
-    <x:t>COȘCIUG</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>TOMULESCU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 348</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000018125</x:t>
   </x:si>
   <x:si>
     <x:t>09.03.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>Octavian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGNATENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 010183</x:t>
+  </x:si>
+  <x:si>
     <x:t>ONOFRAȘ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 347</x:t>
   </x:si>
   <x:si>
     <x:t>AL 000414</x:t>
   </x:si>
   <x:si>
-    <x:t>Octavian</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>ONUȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 349</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000009123</x:t>
   </x:si>
   <x:si>
     <x:t>10.03.2023</x:t>
   </x:si>
   <x:si>
     <x:t>BABIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 350</x:t>
   </x:si>
   <x:si>
     <x:t>E 004001</x:t>
   </x:si>
   <x:si>
     <x:t>13.03.2023</x:t>
   </x:si>
   <x:si>
     <x:t>TIMUȘ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 351</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000025699</x:t>
   </x:si>
   <x:si>
     <x:t>14.03.2023</x:t>
   </x:si>
   <x:si>
     <x:t>DREMLIUGA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 353</x:t>
   </x:si>
   <x:si>
     <x:t>PB 824034</x:t>
   </x:si>
   <x:si>
     <x:t>15.03.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>COTELNICOVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>107805 0041747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.03.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>VARZARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 356</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032755</x:t>
   </x:si>
   <x:si>
-    <x:t>17.03.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Ludmila</x:t>
   </x:si>
   <x:si>
     <x:t>PEREVOZNIC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 357</x:t>
   </x:si>
   <x:si>
     <x:t>УВ-I 138730</x:t>
   </x:si>
   <x:si>
     <x:t>20.03.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 358</x:t>
   </x:si>
   <x:si>
     <x:t>ИВ 766972</x:t>
   </x:si>
   <x:si>
     <x:t>POSTEVCA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 360</x:t>
@@ -3991,1055 +3994,1055 @@
   <x:si>
     <x:t>23.03.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Efimia</x:t>
   </x:si>
   <x:si>
     <x:t>POPUȘOI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 362</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000007174</x:t>
   </x:si>
   <x:si>
     <x:t>STRONCEA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 361</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 620890</x:t>
   </x:si>
   <x:si>
+    <x:t>Gheorghi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHIULAFLÎ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000017095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.03.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARANDICI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УВ-I 148969</x:t>
+  </x:si>
+  <x:si>
     <x:t>Daniel</x:t>
   </x:si>
   <x:si>
     <x:t>OLĂRIȚĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 363</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0105274</x:t>
   </x:si>
   <x:si>
-    <x:t>30.03.2023</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Evghenia</x:t>
   </x:si>
   <x:si>
     <x:t>NEVDAH</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 365</x:t>
   </x:si>
   <x:si>
     <x:t>У 990066</x:t>
   </x:si>
   <x:si>
-    <x:t>Gheorghi</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>STROPȘA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 364</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002185</x:t>
   </x:si>
   <x:si>
-    <x:t>MARANDICI</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Dmytro</x:t>
   </x:si>
   <x:si>
     <x:t>POCHTAR</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 369</x:t>
   </x:si>
   <x:si>
     <x:t>KX 37639931</x:t>
   </x:si>
   <x:si>
     <x:t>03.04.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Valerian</x:t>
   </x:si>
   <x:si>
     <x:t>JARDAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 368</x:t>
   </x:si>
   <x:si>
     <x:t>ЗВ 873293</x:t>
   </x:si>
   <x:si>
     <x:t>ONCU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 370</x:t>
   </x:si>
   <x:si>
     <x:t>MB 650008</x:t>
   </x:si>
   <x:si>
     <x:t>04.04.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>Luca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHIVU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KB 583329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05.04.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 371</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 620853</x:t>
   </x:si>
   <x:si>
-    <x:t>05.04.2023</x:t>
+    <x:t>GRĂDINARU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0099538</x:t>
   </x:si>
   <x:si>
     <x:t>Fiodr</x:t>
   </x:si>
   <x:si>
     <x:t>STOIANOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 374</x:t>
   </x:si>
   <x:si>
     <x:t>KB 651557</x:t>
   </x:si>
   <x:si>
-    <x:t>Luca</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>VERDEȘ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 375</x:t>
   </x:si>
   <x:si>
     <x:t>ЦВ 865899</x:t>
   </x:si>
   <x:si>
     <x:t>06.04.2023</x:t>
   </x:si>
   <x:si>
     <x:t>MARINOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 376</x:t>
   </x:si>
   <x:si>
     <x:t>Б-I 048509</x:t>
   </x:si>
   <x:si>
+    <x:t>COZLOVICI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 377</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.04.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Serafim</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PASCARI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗВ 873987</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 378</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003131</x:t>
   </x:si>
   <x:si>
-    <x:t>10.04.2023</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>BALABAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 381</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000012889</x:t>
   </x:si>
   <x:si>
     <x:t>12.04.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 382</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KB 583125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.04.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERCEMLÎ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Б-I 047852</x:t>
+  </x:si>
+  <x:si>
     <x:t>EFTENE</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 384</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 620870</x:t>
   </x:si>
   <x:si>
-    <x:t>19.04.2023</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>ȘTEFANEȚ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 385</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0134511</x:t>
   </x:si>
   <x:si>
     <x:t>20.04.2023</x:t>
   </x:si>
   <x:si>
     <x:t>JUVALA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 386</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0056717</x:t>
   </x:si>
   <x:si>
     <x:t>21.04.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>TAMAZLÎCARU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seria 104406     Nr. 00201778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.04.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alexandra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRAGA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TB 883115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ȚIBULCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗВ 873271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 391</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGOSTE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000036</x:t>
+  </x:si>
+  <x:si>
     <x:t>ȚURCANU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 387</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0015934</x:t>
   </x:si>
   <x:si>
-    <x:t>25.04.2023</x:t>
-[...44 lines deleted...]
-    <x:t>LMI 000002379</x:t>
+    <x:t>SUVEICA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0134510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.04.2023</x:t>
   </x:si>
   <x:si>
     <x:t>NIȚULEAC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 394</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0134547</x:t>
   </x:si>
   <x:si>
-    <x:t>26.04.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Filipp</x:t>
   </x:si>
   <x:si>
     <x:t>CALCIU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 393</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 620979</x:t>
   </x:si>
   <x:si>
     <x:t>Timofei</x:t>
   </x:si>
   <x:si>
     <x:t>MÎȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 396</x:t>
   </x:si>
   <x:si>
     <x:t>B-I 516687</x:t>
   </x:si>
   <x:si>
     <x:t>27.04.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CEBOTARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 397</x:t>
   </x:si>
   <x:si>
     <x:t>PB 739962</x:t>
   </x:si>
   <x:si>
     <x:t>CIBOTARU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 399</x:t>
   </x:si>
   <x:si>
     <x:t>E 012871</x:t>
   </x:si>
   <x:si>
     <x:t>02.05.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 401</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 403</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000005017</x:t>
   </x:si>
   <x:si>
+    <x:t>PASCARENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000307</x:t>
+  </x:si>
+  <x:si>
     <x:t>MOISEI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 402</x:t>
   </x:si>
   <x:si>
     <x:t>AS 000002342</x:t>
   </x:si>
   <x:si>
-    <x:t>CMV 401</x:t>
-[...8 lines deleted...]
-    <x:t>LMI 000000307</x:t>
+    <x:t>GRIGORENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0032758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03.05.2023</x:t>
   </x:si>
   <x:si>
     <x:t>NACU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 406</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000005065</x:t>
   </x:si>
   <x:si>
-    <x:t>03.05.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CONDUR</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 405</x:t>
   </x:si>
   <x:si>
     <x:t>B-I 525380</x:t>
   </x:si>
   <x:si>
     <x:t>TAȘCI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 408</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000031663</x:t>
   </x:si>
   <x:si>
     <x:t>04.05.2023</x:t>
   </x:si>
   <x:si>
     <x:t>BOROVSCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 407</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000012890</x:t>
   </x:si>
   <x:si>
+    <x:t>ZELENIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 411</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B-I 516684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05.05.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 410</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0082104</x:t>
   </x:si>
   <x:si>
-    <x:t>05.05.2023</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>NEDELEA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 409</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0099546</x:t>
   </x:si>
   <x:si>
-    <x:t>ZELENIN</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>TIHUN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 413</x:t>
   </x:si>
   <x:si>
     <x:t>УВ-I 138745</x:t>
   </x:si>
   <x:si>
     <x:t>10.05.2023</x:t>
   </x:si>
   <x:si>
     <x:t>RUSNAC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 414</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0275631</x:t>
   </x:si>
   <x:si>
     <x:t>BÎRLĂDEANU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 415</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000176</x:t>
   </x:si>
   <x:si>
     <x:t>11.05.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>NICULIȚĂ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0099507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.05.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PANȚÎR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000025727</x:t>
+  </x:si>
+  <x:si>
     <x:t>BARANCIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 418</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000011319</x:t>
   </x:si>
   <x:si>
-    <x:t>15.05.2023</x:t>
-[...17 lines deleted...]
-    <x:t>ALI 000025727</x:t>
+    <x:t>CMV 419</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 009663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.05.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZUZA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 00082113</x:t>
   </x:si>
   <x:si>
     <x:t>MALEARCIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 421</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0070023</x:t>
   </x:si>
   <x:si>
-    <x:t>16.05.2023</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>EFRIM</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 422</x:t>
   </x:si>
   <x:si>
     <x:t>YB 919117</x:t>
   </x:si>
   <x:si>
     <x:t>17.05.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>MUNTEAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 424</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.05.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iulia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAZNACEEVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002274</x:t>
+  </x:si>
+  <x:si>
     <x:t>OREHOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 425</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000194</x:t>
   </x:si>
   <x:si>
-    <x:t>18.05.2023</x:t>
-[...20 lines deleted...]
-    <x:t>LMI 000002274</x:t>
+    <x:t>CMV 427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0099523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.05.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Iurii</x:t>
   </x:si>
   <x:si>
     <x:t>CUCER</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 426</x:t>
   </x:si>
   <x:si>
     <x:t>ИВ 955304</x:t>
   </x:si>
   <x:si>
-    <x:t>19.05.2023</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>SARIOGLO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 428</x:t>
   </x:si>
   <x:si>
     <x:t>E 010181</x:t>
   </x:si>
   <x:si>
-    <x:t>CMV 427</x:t>
-[...2 lines deleted...]
-    <x:t>AL 0099523</x:t>
+    <x:t>ALTUNIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 007264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.05.2023</x:t>
   </x:si>
   <x:si>
     <x:t>SCHIDU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 429</x:t>
   </x:si>
   <x:si>
     <x:t>YB 148759</x:t>
   </x:si>
   <x:si>
-    <x:t>20.05.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>GAVRILUȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 431</x:t>
   </x:si>
   <x:si>
     <x:t>ЗВ 873837</x:t>
   </x:si>
   <x:si>
     <x:t>22.05.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>COSEACOVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0099513</x:t>
+  </x:si>
+  <x:si>
     <x:t>SARDARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 433</x:t>
   </x:si>
   <x:si>
     <x:t>KB 591878</x:t>
   </x:si>
   <x:si>
-    <x:t>COSEACOVA</x:t>
-[...5 lines deleted...]
-    <x:t>AL 0099513</x:t>
+    <x:t>CMV 434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.05.2023</x:t>
   </x:si>
   <x:si>
     <x:t>RECEAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 435</x:t>
   </x:si>
   <x:si>
     <x:t>УB-1 148754</x:t>
   </x:si>
   <x:si>
-    <x:t>24.05.2023</x:t>
-[...5 lines deleted...]
-    <x:t>LMI 000000049</x:t>
+    <x:t>CMV 436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УB-1 148766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.05.2023</x:t>
   </x:si>
   <x:si>
     <x:t>UNGUREANU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 437</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000203</x:t>
   </x:si>
   <x:si>
-    <x:t>25.05.2023</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CARPOVICI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 438</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0105282</x:t>
   </x:si>
   <x:si>
     <x:t>27.05.2023</x:t>
   </x:si>
   <x:si>
     <x:t>PRISEAJNIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 439</x:t>
   </x:si>
   <x:si>
     <x:t>A 0173640</x:t>
   </x:si>
   <x:si>
     <x:t>29.05.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>TOMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0032686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.05.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>GODOROGEA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 441</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032731</x:t>
   </x:si>
   <x:si>
-    <x:t>31.05.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CMV 442</x:t>
   </x:si>
   <x:si>
     <x:t>ЖВ 904198</x:t>
   </x:si>
   <x:si>
     <x:t>05.06.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>IALAMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B-I 533495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06.06.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>BURLACU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 443</x:t>
   </x:si>
   <x:si>
     <x:t>Б-I 048594</x:t>
   </x:si>
   <x:si>
-    <x:t>06.06.2023</x:t>
-[...8 lines deleted...]
-    <x:t>B-I 533495</x:t>
+    <x:t>CRÎJANOVSCHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KB 583307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09.06.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 445</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000007135</x:t>
   </x:si>
   <x:si>
-    <x:t>09.06.2023</x:t>
-[...8 lines deleted...]
-    <x:t>KB 583307</x:t>
+    <x:t>Nadina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAȘIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000010846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.06.2023</x:t>
   </x:si>
   <x:si>
     <x:t>COJOCARU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 449</x:t>
   </x:si>
   <x:si>
     <x:t>УВ 739207</x:t>
   </x:si>
   <x:si>
-    <x:t>12.06.2023</x:t>
-[...11 lines deleted...]
-    <x:t>AMC 000010846</x:t>
+    <x:t>CMV 450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗВ 318512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.06.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Nicolai</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 451</x:t>
   </x:si>
   <x:si>
     <x:t>TB 884132</x:t>
   </x:si>
   <x:si>
-    <x:t>14.06.2023</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>RANEȚCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 452</x:t>
   </x:si>
   <x:si>
     <x:t>AL 009702</x:t>
   </x:si>
   <x:si>
     <x:t>15.06.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>BEJENARU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0015910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.06.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BABĂRĂ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0134805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUMITRAȘ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Б-I 047988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000003130</x:t>
+  </x:si>
+  <x:si>
     <x:t>Daniil</x:t>
   </x:si>
   <x:si>
     <x:t>MOROZOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 455</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032735</x:t>
   </x:si>
   <x:si>
-    <x:t>21.06.2023</x:t>
-[...32 lines deleted...]
-    <x:t>AMC 000003130</x:t>
+    <x:t>CHIOCHIU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 004989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.06.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 007222</x:t>
   </x:si>
   <x:si>
     <x:t>GAVAJUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 460</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000012917</x:t>
   </x:si>
   <x:si>
-    <x:t>22.06.2023</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>BOGDANAȘ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 461</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000025715</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 524</x:t>
   </x:si>
   <x:si>
     <x:t>AA nr. 807 din 28.06.2023</x:t>
   </x:si>
   <x:si>
     <x:t>27.06.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>IONAȘ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0015942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03.07.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 464</x:t>
   </x:si>
   <x:si>
     <x:t>KB 575230</x:t>
   </x:si>
   <x:si>
-    <x:t>03.07.2023</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Liparit</x:t>
   </x:si>
   <x:si>
     <x:t>COSIAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 462</x:t>
   </x:si>
   <x:si>
     <x:t>Я 132403</x:t>
   </x:si>
   <x:si>
-    <x:t>IONAȘ</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>TRIPADUȘ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 465</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000053</x:t>
   </x:si>
   <x:si>
     <x:t>04.07.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 466</x:t>
   </x:si>
   <x:si>
     <x:t>AL 009675</x:t>
   </x:si>
   <x:si>
     <x:t>05.07.2023</x:t>
   </x:si>
   <x:si>
     <x:t>ECHIM</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 467</x:t>
@@ -5083,182 +5086,182 @@
   <x:si>
     <x:t>11.07.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 471</x:t>
   </x:si>
   <x:si>
     <x:t>KB 583341</x:t>
   </x:si>
   <x:si>
     <x:t>13.07.2023</x:t>
   </x:si>
   <x:si>
     <x:t>OSADCENCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 472</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000180</x:t>
   </x:si>
   <x:si>
     <x:t>14.07.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>BUȚCU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 473</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УВ-I 138711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.07.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>MUȘCINSCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 474</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000011318</x:t>
   </x:si>
   <x:si>
-    <x:t>17.07.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>MANASTÎRLI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 475</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032749</x:t>
   </x:si>
   <x:si>
     <x:t>19.07.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 476</x:t>
   </x:si>
   <x:si>
     <x:t>AL 009720</x:t>
   </x:si>
   <x:si>
     <x:t>24.07.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>VORNICOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗВ 873252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.07.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>Raisa</x:t>
   </x:si>
   <x:si>
     <x:t>APREUTES</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 479</x:t>
   </x:si>
   <x:si>
     <x:t>ИВ 956781</x:t>
   </x:si>
   <x:si>
-    <x:t>26.07.2023</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BEJENARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 481</x:t>
   </x:si>
   <x:si>
     <x:t>ЖВ 623479</x:t>
   </x:si>
   <x:si>
+    <x:t>MOMAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B-I 524714</x:t>
+  </x:si>
+  <x:si>
     <x:t>BOGACI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 478</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000010845</x:t>
   </x:si>
   <x:si>
-    <x:t>MOMAT</x:t>
-[...14 lines deleted...]
-    <x:t>ЗВ 873252</x:t>
+    <x:t>CEBANU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.07.2023</x:t>
   </x:si>
   <x:si>
     <x:t>DINJOS</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 483</x:t>
   </x:si>
   <x:si>
     <x:t>PB 824071</x:t>
   </x:si>
   <x:si>
-    <x:t>27.07.2023</x:t>
-[...8 lines deleted...]
-    <x:t>LMI 000002457</x:t>
+    <x:t>CMV 484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KB 583309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.07.2023</x:t>
   </x:si>
   <x:si>
     <x:t>GÎSCA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 485</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 612370</x:t>
   </x:si>
   <x:si>
-    <x:t>28.07.2023</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BACILA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 486</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000012888</x:t>
   </x:si>
   <x:si>
     <x:t>31.07.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 487</x:t>
   </x:si>
   <x:si>
     <x:t>ДВС 0700714</x:t>
   </x:si>
   <x:si>
     <x:t>01.08.2023</x:t>
   </x:si>
   <x:si>
     <x:t>DODON</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 488</x:t>
@@ -5293,71 +5296,71 @@
   <x:si>
     <x:t>07.08.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 491</x:t>
   </x:si>
   <x:si>
     <x:t>A-I 996178</x:t>
   </x:si>
   <x:si>
     <x:t>08.08.2023</x:t>
   </x:si>
   <x:si>
     <x:t>NEGRU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 513</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032690</x:t>
   </x:si>
   <x:si>
     <x:t>12.08.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>STATI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.08.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>TIGU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 517</x:t>
   </x:si>
   <x:si>
     <x:t>ЛВ 344122</x:t>
   </x:si>
   <x:si>
-    <x:t>14.08.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CMV 493</x:t>
   </x:si>
   <x:si>
     <x:t>AL 007245</x:t>
   </x:si>
   <x:si>
     <x:t>15.08.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 494</x:t>
   </x:si>
   <x:si>
     <x:t>Д-I 370827</x:t>
   </x:si>
   <x:si>
     <x:t>16.08.2023</x:t>
   </x:si>
   <x:si>
     <x:t>PADUREȚ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 495</x:t>
   </x:si>
   <x:si>
     <x:t>AL 004199</x:t>
@@ -5383,143 +5386,143 @@
   <x:si>
     <x:t>DRUȚĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 497</x:t>
   </x:si>
   <x:si>
     <x:t>E 004964</x:t>
   </x:si>
   <x:si>
     <x:t>Cristina</x:t>
   </x:si>
   <x:si>
     <x:t>MANOLI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 498</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000025688</x:t>
   </x:si>
   <x:si>
     <x:t>23.08.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>MÎNZÎRARU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗВ 873474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.08.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>CARPOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 500</x:t>
   </x:si>
   <x:si>
     <x:t>E 003960</x:t>
   </x:si>
   <x:si>
-    <x:t>25.08.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Lucea</x:t>
   </x:si>
   <x:si>
     <x:t>ANGHELOVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 501</x:t>
   </x:si>
   <x:si>
     <x:t>KB 583108</x:t>
   </x:si>
   <x:si>
     <x:t>29.08.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>DUBALARI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA nr. 813 din 28.06.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.08.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>PISTOL</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 502</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ИВ 963465 </x:t>
   </x:si>
   <x:si>
-    <x:t>30.08.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>NIȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 503</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000012740</x:t>
   </x:si>
   <x:si>
+    <x:t>GARGALÎC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Д-I 370813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04.09.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ю 019366</x:t>
+  </x:si>
+  <x:si>
     <x:t>BRUMA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 505</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0071773</x:t>
   </x:si>
   <x:si>
-    <x:t>04.09.2023</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>PLOSCARU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 508</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002472</x:t>
   </x:si>
   <x:si>
     <x:t>05.09.2023</x:t>
   </x:si>
   <x:si>
     <x:t>NOFIT</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 509</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000012913</x:t>
   </x:si>
   <x:si>
     <x:t>08.09.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Zinaida</x:t>
@@ -5644,71 +5647,71 @@
   <x:si>
     <x:t>CMV 522</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 620963</x:t>
   </x:si>
   <x:si>
     <x:t>BADAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 521</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000007132</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 525</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 328245</x:t>
   </x:si>
   <x:si>
     <x:t>28.09.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>NEZALZOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PB 797461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04.10.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>MITIOGLO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 527</x:t>
   </x:si>
   <x:si>
     <x:t>PB 357865</x:t>
   </x:si>
   <x:si>
-    <x:t>04.10.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Mariana</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRATII</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 528</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002163</x:t>
   </x:si>
   <x:si>
     <x:t>18.10.2023</x:t>
   </x:si>
   <x:si>
     <x:t>VACARCIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 529</x:t>
   </x:si>
   <x:si>
     <x:t>AL 000410</x:t>
   </x:si>
   <x:si>
     <x:t>25.10.2023</x:t>
@@ -5746,398 +5749,398 @@
   <x:si>
     <x:t>ЛВ 308437</x:t>
   </x:si>
   <x:si>
     <x:t>BESPALCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 531</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002453</x:t>
   </x:si>
   <x:si>
     <x:t>ZDRAGUȘ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 535</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002480</x:t>
   </x:si>
   <x:si>
     <x:t>20.11.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>ZABRIAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002478</x:t>
+  </x:si>
+  <x:si>
     <x:t>MAICAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 536</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002465</x:t>
   </x:si>
   <x:si>
-    <x:t>ZABRIAN</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>ROZOVEL</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 537</x:t>
   </x:si>
   <x:si>
     <x:t>УВ-I 138741</x:t>
   </x:si>
   <x:si>
     <x:t>22.11.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0055083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.11.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>Efim</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 539</x:t>
   </x:si>
   <x:si>
     <x:t>AL 007220</x:t>
   </x:si>
   <x:si>
-    <x:t>29.11.2023</x:t>
-[...5 lines deleted...]
-    <x:t>AL 0055083</x:t>
+    <x:t>GASNAȘ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 000432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04.12.2023</x:t>
   </x:si>
   <x:si>
     <x:t>MAFTEI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 541</x:t>
   </x:si>
   <x:si>
     <x:t>AL 000396</x:t>
   </x:si>
   <x:si>
-    <x:t>04.12.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>ȘIREAEVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 542</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032742</x:t>
   </x:si>
   <x:si>
     <x:t>13.12.2023</x:t>
   </x:si>
   <x:si>
     <x:t>MELNIC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 544</x:t>
   </x:si>
   <x:si>
     <x:t>MB 985465</x:t>
   </x:si>
   <x:si>
     <x:t>21.12.2023</x:t>
   </x:si>
   <x:si>
     <x:t>ȘAROV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 543</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000026863</x:t>
   </x:si>
   <x:si>
     <x:t>CIOMÎRTAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 545</x:t>
   </x:si>
   <x:si>
     <x:t>KB 575231</x:t>
   </x:si>
   <x:si>
     <x:t>02.01.2024</x:t>
   </x:si>
   <x:si>
+    <x:t>ȚÎNȚARI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0105292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.01.2024</x:t>
+  </x:si>
+  <x:si>
     <x:t>Oana</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 546</x:t>
   </x:si>
   <x:si>
     <x:t>C 0015233</x:t>
   </x:si>
   <x:si>
-    <x:t>11.01.2024</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CMV 548</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002374</x:t>
   </x:si>
   <x:si>
     <x:t>17.01.2024</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.01.2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLODEANU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УВ-I 138715</x:t>
+  </x:si>
+  <x:si>
     <x:t>BOSTAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 549</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0099488</x:t>
   </x:si>
   <x:si>
-    <x:t>18.01.2024</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>MUTU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 552</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0055088</x:t>
   </x:si>
   <x:si>
     <x:t>29.01.2024</x:t>
   </x:si>
   <x:si>
     <x:t>URSU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 553</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002376</x:t>
   </x:si>
   <x:si>
     <x:t>30.01.2024</x:t>
   </x:si>
   <x:si>
     <x:t>Nicoleta</x:t>
   </x:si>
   <x:si>
     <x:t>ȚURCAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 554</x:t>
   </x:si>
   <x:si>
     <x:t>AA nr. 873 din 28.06.2023</x:t>
   </x:si>
   <x:si>
     <x:t>01.02.2024</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 555</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000005044</x:t>
   </x:si>
   <x:si>
     <x:t>05.02.2024</x:t>
   </x:si>
   <x:si>
+    <x:t>PALADE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 557</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KB 591051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07.02.2024</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAZACOVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 556</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000025702</x:t>
   </x:si>
   <x:si>
-    <x:t>07.02.2024</x:t>
-[...8 lines deleted...]
-    <x:t>KB 591051</x:t>
+    <x:t>BALAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.02.2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODOVENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 558</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИВ 955307</x:t>
   </x:si>
   <x:si>
     <x:t>OBREJA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 559</x:t>
   </x:si>
   <x:si>
     <x:t>УВ-I 148757</x:t>
   </x:si>
   <x:si>
-    <x:t>13.02.2024</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>BUDESCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 562</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000012892</x:t>
   </x:si>
   <x:si>
     <x:t>20.02.2024</x:t>
   </x:si>
   <x:si>
     <x:t>ZAGORSCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 563</x:t>
   </x:si>
   <x:si>
     <x:t>KB 583304</x:t>
   </x:si>
   <x:si>
     <x:t>22.02.2024</x:t>
   </x:si>
   <x:si>
     <x:t>VASILIEVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 564</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002276</x:t>
   </x:si>
   <x:si>
     <x:t>26.02.2024</x:t>
   </x:si>
   <x:si>
     <x:t>OSIPCIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 565</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0038612</x:t>
   </x:si>
   <x:si>
     <x:t>11.03.2024</x:t>
   </x:si>
   <x:si>
+    <x:t>VLASOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.03.2024</x:t>
+  </x:si>
+  <x:si>
     <x:t>RIVNEAC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 566</x:t>
   </x:si>
   <x:si>
     <x:t>ЗВ 318561</x:t>
   </x:si>
   <x:si>
-    <x:t>13.03.2024</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>GOBJILĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 569</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0105254</x:t>
   </x:si>
   <x:si>
     <x:t>18.03.2024</x:t>
   </x:si>
   <x:si>
     <x:t>MOROȘANU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 568</x:t>
   </x:si>
   <x:si>
     <x:t>УB-I 148797</x:t>
   </x:si>
   <x:si>
     <x:t>CRIVORUCENCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 571</x:t>
@@ -6181,71 +6184,71 @@
   <x:si>
     <x:t>STAMATI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 574</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0071768</x:t>
   </x:si>
   <x:si>
     <x:t>26.04.2024</x:t>
   </x:si>
   <x:si>
     <x:t>CIORNÎI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 576</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002470</x:t>
   </x:si>
   <x:si>
     <x:t>04.05.2024</x:t>
   </x:si>
   <x:si>
+    <x:t>Lidia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZACHIRNIȚCAIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0032754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.05.2024</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 575</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0082122</x:t>
   </x:si>
   <x:si>
-    <x:t>14.05.2024</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>BUNDUCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 578</x:t>
   </x:si>
   <x:si>
     <x:t>E 010111</x:t>
   </x:si>
   <x:si>
     <x:t>28.05.2024</x:t>
   </x:si>
   <x:si>
     <x:t>Vitalii</x:t>
   </x:si>
   <x:si>
     <x:t>POSTILACHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 579</x:t>
   </x:si>
   <x:si>
     <x:t>BCA 0432191</x:t>
   </x:si>
   <x:si>
     <x:t>31.05.2024</x:t>
@@ -6295,119 +6298,119 @@
   <x:si>
     <x:t>MAHAMAT</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 583</x:t>
   </x:si>
   <x:si>
     <x:t>107705 0000482</x:t>
   </x:si>
   <x:si>
     <x:t>20.06.2024</x:t>
   </x:si>
   <x:si>
     <x:t>POSTICĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 584</x:t>
   </x:si>
   <x:si>
     <x:t>ЖВ 903218</x:t>
   </x:si>
   <x:si>
     <x:t>26.06.2024</x:t>
   </x:si>
   <x:si>
+    <x:t>Filip</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAEV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УВ-I 148999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.06.2024</x:t>
+  </x:si>
+  <x:si>
     <x:t>GODEA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 586</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032684</x:t>
   </x:si>
   <x:si>
-    <x:t>28.06.2024</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>CMV 587</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000018124</x:t>
   </x:si>
   <x:si>
     <x:t>RUIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 588</x:t>
   </x:si>
   <x:si>
     <x:t>Seria 101318       Nr. 0420072</x:t>
   </x:si>
   <x:si>
     <x:t>15.07.2024</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 589</x:t>
   </x:si>
   <x:si>
     <x:t>E 004960</x:t>
   </x:si>
   <x:si>
     <x:t>16.07.2024</x:t>
   </x:si>
   <x:si>
+    <x:t>ARTENE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УВ-I 138704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.07.2024</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 590</x:t>
   </x:si>
   <x:si>
     <x:t>LM 0046461</x:t>
   </x:si>
   <x:si>
-    <x:t>18.07.2024</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CMV 593</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000003534</x:t>
   </x:si>
   <x:si>
     <x:t>05.08.2024</x:t>
   </x:si>
   <x:si>
     <x:t>ZGHIBARȚĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 592</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000003545</x:t>
   </x:si>
   <x:si>
     <x:t>ȚĂRNĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 594</x:t>
   </x:si>
   <x:si>
     <x:t>16327</x:t>
@@ -6646,404 +6649,404 @@
   <x:si>
     <x:t>CMV 615</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0038609</x:t>
   </x:si>
   <x:si>
     <x:t>14.11.2024</x:t>
   </x:si>
   <x:si>
     <x:t>Nica</x:t>
   </x:si>
   <x:si>
     <x:t>ZILENSCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 616</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002355</x:t>
   </x:si>
   <x:si>
     <x:t>15.11.2024</x:t>
   </x:si>
   <x:si>
+    <x:t>ZOSIM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000003546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.11.2024</x:t>
+  </x:si>
+  <x:si>
     <x:t>BĂLĂNEL</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 617</x:t>
   </x:si>
   <x:si>
     <x:t>Б-I 723842</x:t>
   </x:si>
   <x:si>
-    <x:t>20.11.2024</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>ȘUBERNEȚCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 619</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000003538</x:t>
   </x:si>
   <x:si>
     <x:t>28.11.2024</x:t>
   </x:si>
   <x:si>
     <x:t>EREMIA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 620</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032719</x:t>
   </x:si>
   <x:si>
     <x:t>12.12.2024</x:t>
   </x:si>
   <x:si>
     <x:t>LELIUHINA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 621</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003113</x:t>
   </x:si>
   <x:si>
     <x:t>17.12.2024</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 622</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0032732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.12.2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COTICI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0038574</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">GULEAC </x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 007265</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ira</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 623</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000043</x:t>
   </x:si>
   <x:si>
-    <x:t>19.12.2024</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>CMV 627</x:t>
   </x:si>
   <x:si>
     <x:t>Б-I 048401</x:t>
   </x:si>
   <x:si>
     <x:t>10.01.2025</x:t>
   </x:si>
   <x:si>
     <x:t>COBÎLEANSCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 626</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0099535</x:t>
   </x:si>
   <x:si>
     <x:t>Feras</x:t>
   </x:si>
   <x:si>
     <x:t>MEREB</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 628</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000003527</x:t>
   </x:si>
   <x:si>
     <x:t>22.01.2025</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 629</x:t>
   </x:si>
   <x:si>
     <x:t>ШВ 015487</x:t>
   </x:si>
   <x:si>
     <x:t>30.01.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>ZARA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИВ 956776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.01.2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>DARII</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 630</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000003515</x:t>
   </x:si>
   <x:si>
-    <x:t>31.01.2025</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">GORGOS </x:t>
   </x:si>
   <x:si>
     <x:t>CMV 632</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0082108</x:t>
   </x:si>
   <x:si>
     <x:t>04.02.2025</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">VENGHER </x:t>
   </x:si>
   <x:si>
     <x:t>CMV 633</x:t>
   </x:si>
   <x:si>
     <x:t>ИВ 956901</x:t>
   </x:si>
   <x:si>
     <x:t>07.02.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>MORCOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000003529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.02.2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 634</x:t>
   </x:si>
   <x:si>
     <x:t>ЛВ ВС 001657</x:t>
   </x:si>
   <x:si>
-    <x:t>10.02.2025</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>COCA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 636</x:t>
   </x:si>
   <x:si>
     <x:t>АПС 0017096</x:t>
   </x:si>
   <x:si>
     <x:t>20.02.2025</x:t>
   </x:si>
   <x:si>
     <x:t>NEMȚANU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 640</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0069540</x:t>
   </x:si>
   <x:si>
     <x:t>21.02.2025</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">BELAIA </x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000011294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COVALIOVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 010179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 010178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLIMOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0015971</x:t>
+  </x:si>
+  <x:si>
     <x:t>OLARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 642</x:t>
   </x:si>
   <x:si>
     <x:t>УВ 919519</x:t>
   </x:si>
   <x:si>
-    <x:t>CLIMOV</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>CMV 643</x:t>
   </x:si>
   <x:si>
     <x:t>ЗВ 873843</x:t>
   </x:si>
   <x:si>
     <x:t>24.02.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LM 0027605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.02.2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 644</x:t>
   </x:si>
   <x:si>
     <x:t>E 003971</x:t>
   </x:si>
   <x:si>
-    <x:t>25.02.2025</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CMV 645</x:t>
   </x:si>
   <x:si>
     <x:t>E 003972</x:t>
   </x:si>
   <x:si>
-    <x:t>CMV 646</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BOERU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 647</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0134516</x:t>
   </x:si>
   <x:si>
     <x:t>21.03.2025</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 648</x:t>
   </x:si>
   <x:si>
     <x:t>AL 004187</x:t>
   </x:si>
   <x:si>
     <x:t>24.03.2025</x:t>
   </x:si>
   <x:si>
     <x:t>VOLOBUEVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 649</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002280</x:t>
   </x:si>
   <x:si>
     <x:t>26.03.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A 0017208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.03.2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PÎNZARI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 004975</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 650</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0055121</x:t>
   </x:si>
   <x:si>
-    <x:t>31.03.2025</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">ȚÎBULAC </x:t>
   </x:si>
   <x:si>
     <x:t>CMV 653</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002475</x:t>
   </x:si>
   <x:si>
     <x:t>04.04.2025</x:t>
   </x:si>
   <x:si>
     <x:t>Arina</x:t>
   </x:si>
   <x:si>
     <x:t>IONEL</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 654</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000003523</x:t>
   </x:si>
   <x:si>
     <x:t>16.04.2025</x:t>
@@ -7174,110 +7177,110 @@
   <x:si>
     <x:t>22.07.2025</x:t>
   </x:si>
   <x:si>
     <x:t>Reghina</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 675</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004602</x:t>
   </x:si>
   <x:si>
     <x:t>23.07.2025</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 676</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004629</x:t>
   </x:si>
   <x:si>
     <x:t>24.07.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>REABOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000004630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.07.2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAVLIUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000004628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALEXEEVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000004595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZELENIUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000004643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nichita</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUȘCOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000004607</x:t>
+  </x:si>
+  <x:si>
     <x:t>ELIȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 682</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032714</x:t>
   </x:si>
   <x:si>
-    <x:t>25.07.2025</x:t>
-[...49 lines deleted...]
-  <x:si>
     <x:t>Alin</x:t>
   </x:si>
   <x:si>
     <x:t>FRUMOSU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 683</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004609</x:t>
   </x:si>
   <x:si>
     <x:t>28.07.2025</x:t>
   </x:si>
   <x:si>
     <x:t>STRECHII</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 684</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004638</x:t>
   </x:si>
   <x:si>
     <x:t>30.07.2025</x:t>
@@ -7303,227 +7306,227 @@
   <x:si>
     <x:t>PALAMARCIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 686</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004627</x:t>
   </x:si>
   <x:si>
     <x:t>06.08.2025</x:t>
   </x:si>
   <x:si>
     <x:t>GULICA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 687</x:t>
   </x:si>
   <x:si>
     <x:t>AL 007216</x:t>
   </x:si>
   <x:si>
     <x:t>08.08.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>TODERICĂ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000004640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.08.2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>OJOG</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 688</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000011296</x:t>
   </x:si>
   <x:si>
-    <x:t>13.08.2025</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Dinu</x:t>
   </x:si>
   <x:si>
     <x:t>DICA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 690</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004606</x:t>
   </x:si>
   <x:si>
     <x:t>19.08.2025</x:t>
   </x:si>
   <x:si>
     <x:t>MOROI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 691</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004623</x:t>
   </x:si>
   <x:si>
     <x:t>28.08.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AA 2885</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.08.2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Iulian</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 692</x:t>
   </x:si>
   <x:si>
     <x:t>AA 2886</x:t>
   </x:si>
   <x:si>
-    <x:t>29.08.2025</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CMV 694</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000193</x:t>
   </x:si>
   <x:si>
     <x:t>02.09.2025</x:t>
   </x:si>
   <x:si>
     <x:t>HARITON</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 695</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0082387</x:t>
   </x:si>
   <x:si>
     <x:t>03.09.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>CAȘANOVSCHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000004600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05.09.2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>ANDRONATIEV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 697</x:t>
   </x:si>
   <x:si>
     <x:t>AL 009666</x:t>
   </x:si>
   <x:si>
-    <x:t>05.09.2025</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>OLEINIK</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 698</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004624</x:t>
   </x:si>
   <x:si>
     <x:t>08.09.2025</x:t>
   </x:si>
   <x:si>
     <x:t>ARDOVAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 700</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004596</x:t>
   </x:si>
   <x:si>
     <x:t>15.09.2025</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 699</x:t>
   </x:si>
   <x:si>
     <x:t>MB 986042</x:t>
   </x:si>
   <x:si>
     <x:t>18.09.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000010870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.09.2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Viatalii</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">JURAVLIOV </x:t>
   </x:si>
   <x:si>
     <x:t>CMV 701</x:t>
   </x:si>
   <x:si>
     <x:t>Щ 724583</x:t>
   </x:si>
   <x:si>
-    <x:t>23.09.2025</x:t>
+    <x:t xml:space="preserve">GÂRBU </x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002277</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 704</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002253</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">GÂRBU </x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>DONICI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 705</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 612369</x:t>
   </x:si>
   <x:si>
     <x:t>30.09.2025</x:t>
   </x:si>
   <x:si>
     <x:t>Innokentiia</x:t>
   </x:si>
   <x:si>
     <x:t>NEMKOVSKAIA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 706</x:t>
   </x:si>
   <x:si>
     <x:t>Seria 107705 Nr. 0085370</x:t>
   </x:si>
   <x:si>
     <x:t>02.10.2025</x:t>
@@ -7567,102 +7570,192 @@
   <x:si>
     <x:t xml:space="preserve">APOSTOL </x:t>
   </x:si>
   <x:si>
     <x:t>CMV 710</x:t>
   </x:si>
   <x:si>
     <x:t>LM 0066754</x:t>
   </x:si>
   <x:si>
     <x:t>23.10.2025</x:t>
   </x:si>
   <x:si>
     <x:t>DEDIULINA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 711</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000003516</x:t>
   </x:si>
   <x:si>
     <x:t>28.10.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>BEZEDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 713</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seria 107705 Nr. 0537823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.10.2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>ZIBIC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 712</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002189</x:t>
   </x:si>
   <x:si>
-    <x:t>29.10.2025</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">BEREZOVA </x:t>
   </x:si>
   <x:si>
     <x:t>CMV 714</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004599</x:t>
   </x:si>
   <x:si>
     <x:t>30.10.2025</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 715</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000012912</x:t>
   </x:si>
   <x:si>
     <x:t>06.11.2025</x:t>
   </x:si>
   <x:si>
     <x:t>GARABA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 716</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004612</x:t>
   </x:si>
   <x:si>
     <x:t>13.11.2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JUGANARI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000025732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.11.2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CALPACCI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000003510</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">BUTÎRSCAIA </x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.11.2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valentyna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRYVENKO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000004620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.11.2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VERENCIUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 722</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000007180</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.12.2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TERZINOVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 0000170098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.12.2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHISTOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000009108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.12.2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -8057,51 +8150,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G695"/>
+  <x:dimension ref="A1:G703"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="18.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.710625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -8143,97 +8236,97 @@
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
@@ -8330,51 +8423,51 @@
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
@@ -8557,15547 +8650,15731 @@
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
-        <x:v>13</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C24" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D24" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="E24" s="0" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C26" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D26" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="E26" s="0" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C33" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D33" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="E33" s="0" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D35" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E35" s="0" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C38" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D38" s="0" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="E38" s="0" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C40" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D40" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="E40" s="0" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C43" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D43" s="0" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="E43" s="0" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C49" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D49" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E49" s="0" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C65" s="0" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="D65" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="E65" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C65" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="0" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C71" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D71" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E71" s="0" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="C86" s="0" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="D86" s="0" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="E86" s="0" t="s">
         <x:v>344</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>343</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C92" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="C92" s="0" t="s">
+      <x:c r="D92" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="D92" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="C97" s="0" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="D97" s="0" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="E97" s="0" t="s">
         <x:v>386</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>384</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="C103" s="0" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="D103" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="E103" s="0" t="s">
         <x:v>407</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="0" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="C110" s="0" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D110" s="0" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E110" s="0" t="s">
         <x:v>433</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>432</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="C113" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="E113" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="C113" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F113" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="0" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C116" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D116" s="0" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E116" s="0" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="0" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="C119" s="0" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="D119" s="0" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="E119" s="0" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>467</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="0" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="C121" s="0" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="D121" s="0" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="E121" s="0" t="s">
         <x:v>477</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>476</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="C124" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="D124" s="0" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="E124" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="C124" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F124" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="C128" s="0" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="D128" s="0" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="E128" s="0" t="s">
         <x:v>502</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>501</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="0" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="C134" s="0" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="D134" s="0" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="E134" s="0" t="s">
         <x:v>524</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>523</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="D141" s="0" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="E141" s="0" t="s">
         <x:v>550</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>548</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="C152" s="0" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="D152" s="0" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="E152" s="0" t="s">
         <x:v>591</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>590</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="C156" s="0" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="D156" s="0" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="E156" s="0" t="s">
         <x:v>606</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>605</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="C161" s="0" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="D161" s="0" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="E161" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
-      <x:c r="C161" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="D165" s="0" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="E165" s="0" t="s">
         <x:v>636</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>635</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
       <x:c r="A168" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="0" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="C170" s="0" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="D170" s="0" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="E170" s="0" t="s">
         <x:v>653</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>652</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:7">
       <x:c r="A171" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:7">
       <x:c r="A172" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
       <x:c r="A173" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:7">
       <x:c r="A174" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:7">
       <x:c r="A175" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:7">
       <x:c r="A176" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:7">
       <x:c r="A177" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:7">
       <x:c r="A178" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="C178" s="0" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="D178" s="0" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="E178" s="0" t="s">
         <x:v>685</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>684</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:7">
       <x:c r="A179" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:7">
       <x:c r="A180" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:7">
       <x:c r="A181" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:7">
       <x:c r="A182" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:7">
       <x:c r="A183" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:7">
       <x:c r="A184" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="C184" s="0" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="D184" s="0" t="s">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="E184" s="0" t="s">
         <x:v>710</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>709</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:7">
       <x:c r="A185" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:7">
       <x:c r="A186" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:7">
       <x:c r="A187" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:7">
       <x:c r="A188" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:7">
       <x:c r="A189" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:7">
       <x:c r="A190" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:7">
       <x:c r="A191" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:7">
       <x:c r="A192" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:7">
       <x:c r="A193" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:7">
       <x:c r="A194" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:7">
       <x:c r="A195" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:7">
       <x:c r="A196" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="C196" s="0" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="D196" s="0" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="E196" s="0" t="s">
         <x:v>752</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>751</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:7">
       <x:c r="A197" s="0" t="s">
-        <x:v>755</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="C197" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
-      <x:c r="C197" s="0" t="s">
+      <x:c r="D197" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
-      <x:c r="D197" s="0" t="s">
+      <x:c r="E197" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
-      <x:c r="E197" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F197" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:7">
       <x:c r="A198" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>760</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:7">
       <x:c r="A199" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:7">
       <x:c r="A200" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:7">
       <x:c r="A201" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:7">
       <x:c r="A202" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="C202" s="0" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="D202" s="0" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="E202" s="0" t="s">
         <x:v>773</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>772</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:7">
       <x:c r="A203" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:7">
       <x:c r="A204" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="C204" s="0" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="D204" s="0" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="E204" s="0" t="s">
         <x:v>773</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>772</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:7">
       <x:c r="A205" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:7">
       <x:c r="A206" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:7">
       <x:c r="A207" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:7">
       <x:c r="A208" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:7">
       <x:c r="A209" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:7">
       <x:c r="A210" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:7">
       <x:c r="A211" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:7">
       <x:c r="A212" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="C212" s="0" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="D212" s="0" t="s">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="E212" s="0" t="s">
         <x:v>811</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>810</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:7">
       <x:c r="A213" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:7">
       <x:c r="A214" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
+        <x:v>819</x:v>
+      </x:c>
+      <x:c r="D214" s="0" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="E214" s="0" t="s">
         <x:v>818</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>817</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:7">
       <x:c r="A215" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:7">
       <x:c r="A216" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:7">
       <x:c r="A217" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:7">
       <x:c r="A218" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="C218" s="0" t="s">
+        <x:v>831</x:v>
+      </x:c>
+      <x:c r="D218" s="0" t="s">
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="E218" s="0" t="s">
         <x:v>827</x:v>
       </x:c>
-      <x:c r="C218" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F218" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:7">
       <x:c r="A219" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>832</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:7">
       <x:c r="A220" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="D220" s="0" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="E220" s="0" t="s">
         <x:v>836</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>834</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:7">
       <x:c r="A221" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:7">
       <x:c r="A222" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="C222" s="0" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="D222" s="0" t="s">
+        <x:v>845</x:v>
+      </x:c>
+      <x:c r="E222" s="0" t="s">
         <x:v>842</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>841</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:7">
       <x:c r="A223" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:7">
       <x:c r="A224" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:7">
       <x:c r="A225" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:7">
       <x:c r="A226" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>856</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:7">
       <x:c r="A227" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:7">
       <x:c r="A228" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
+        <x:v>863</x:v>
+      </x:c>
+      <x:c r="C228" s="0" t="s">
+        <x:v>864</x:v>
+      </x:c>
+      <x:c r="D228" s="0" t="s">
+        <x:v>865</x:v>
+      </x:c>
+      <x:c r="E228" s="0" t="s">
         <x:v>862</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>861</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:7">
       <x:c r="A229" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:7">
       <x:c r="A230" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:7">
       <x:c r="A231" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:7">
       <x:c r="A232" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
+        <x:v>879</x:v>
+      </x:c>
+      <x:c r="C232" s="0" t="s">
+        <x:v>880</x:v>
+      </x:c>
+      <x:c r="D232" s="0" t="s">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="E232" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
-      <x:c r="C232" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F232" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:7">
       <x:c r="A233" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:7">
       <x:c r="A234" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
-        <x:v>887</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:7">
       <x:c r="A235" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="C235" s="0" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="D235" s="0" t="s">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="E235" s="0" t="s">
         <x:v>888</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>887</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:7">
       <x:c r="A236" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>891</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
-        <x:v>894</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:7">
       <x:c r="A237" s="0" t="s">
-        <x:v>895</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>897</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:7">
       <x:c r="A238" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>900</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>901</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>903</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:7">
       <x:c r="A239" s="0" t="s">
+        <x:v>905</x:v>
+      </x:c>
+      <x:c r="B239" s="0" t="s">
+        <x:v>906</x:v>
+      </x:c>
+      <x:c r="C239" s="0" t="s">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c r="D239" s="0" t="s">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="E239" s="0" t="s">
         <x:v>904</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>903</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:7">
       <x:c r="A240" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>909</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>910</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
-        <x:v>911</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:7">
       <x:c r="A241" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:7">
       <x:c r="A242" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>917</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>918</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:7">
       <x:c r="A243" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
+        <x:v>921</x:v>
+      </x:c>
+      <x:c r="C243" s="0" t="s">
+        <x:v>922</x:v>
+      </x:c>
+      <x:c r="D243" s="0" t="s">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="E243" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
-      <x:c r="C243" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F243" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:7">
       <x:c r="A244" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>924</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>925</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:7">
       <x:c r="A245" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>928</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:7">
       <x:c r="A246" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>929</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>931</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
-        <x:v>932</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:7">
       <x:c r="A247" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>933</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>934</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:7">
       <x:c r="A248" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="C248" s="0" t="s">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="D248" s="0" t="s">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c r="E248" s="0" t="s">
         <x:v>938</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>936</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:7">
       <x:c r="A249" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>941</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>942</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:7">
       <x:c r="A250" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>945</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
+        <x:v>947</x:v>
+      </x:c>
+      <x:c r="D250" s="0" t="s">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c r="E250" s="0" t="s">
         <x:v>946</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>943</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:7">
       <x:c r="A251" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>948</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>949</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
-        <x:v>950</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:7">
       <x:c r="A252" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>951</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>953</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
-        <x:v>954</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:7">
       <x:c r="A253" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>956</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>957</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
-        <x:v>958</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:7">
       <x:c r="A254" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>959</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>960</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>961</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
-        <x:v>962</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:7">
       <x:c r="A255" s="0" t="s">
-        <x:v>963</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
+        <x:v>965</x:v>
+      </x:c>
+      <x:c r="C255" s="0" t="s">
+        <x:v>966</x:v>
+      </x:c>
+      <x:c r="D255" s="0" t="s">
+        <x:v>967</x:v>
+      </x:c>
+      <x:c r="E255" s="0" t="s">
         <x:v>964</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>962</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:7">
       <x:c r="A256" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>967</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>968</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>969</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
-        <x:v>970</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:7">
       <x:c r="A257" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>971</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>972</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>973</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
-        <x:v>974</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:7">
       <x:c r="A258" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>975</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>976</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>977</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
-        <x:v>978</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:7">
       <x:c r="A259" s="0" t="s">
-        <x:v>979</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>982</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
-        <x:v>983</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:7">
       <x:c r="A260" s="0" t="s">
-        <x:v>984</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>985</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>986</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>987</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
-        <x:v>988</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:7">
       <x:c r="A261" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>989</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>990</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>991</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
-        <x:v>992</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:7">
       <x:c r="A262" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>993</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>994</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
-        <x:v>995</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:7">
       <x:c r="A263" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
+        <x:v>997</x:v>
+      </x:c>
+      <x:c r="D263" s="0" t="s">
+        <x:v>998</x:v>
+      </x:c>
+      <x:c r="E263" s="0" t="s">
         <x:v>996</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>995</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:7">
       <x:c r="A264" s="0" t="s">
-        <x:v>998</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:7">
       <x:c r="A265" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>1003</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>1004</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>1005</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:7">
       <x:c r="A266" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>1006</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>1007</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>1008</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
-        <x:v>1009</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:7">
       <x:c r="A267" s="0" t="s">
+        <x:v>1011</x:v>
+      </x:c>
+      <x:c r="B267" s="0" t="s">
+        <x:v>1012</x:v>
+      </x:c>
+      <x:c r="C267" s="0" t="s">
+        <x:v>1013</x:v>
+      </x:c>
+      <x:c r="D267" s="0" t="s">
+        <x:v>1014</x:v>
+      </x:c>
+      <x:c r="E267" s="0" t="s">
         <x:v>1010</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1009</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:7">
       <x:c r="A268" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>1014</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>1015</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>1016</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
-        <x:v>1009</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:7">
       <x:c r="A269" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>1017</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>1018</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>1019</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
-        <x:v>1020</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:7">
       <x:c r="A270" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>1022</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>1023</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
-        <x:v>1024</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:7">
       <x:c r="A271" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
+        <x:v>1026</x:v>
+      </x:c>
+      <x:c r="C271" s="0" t="s">
+        <x:v>1027</x:v>
+      </x:c>
+      <x:c r="D271" s="0" t="s">
+        <x:v>1028</x:v>
+      </x:c>
+      <x:c r="E271" s="0" t="s">
         <x:v>1025</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1024</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:7">
       <x:c r="A272" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>1028</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>1029</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>1030</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
-        <x:v>1031</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:7">
       <x:c r="A273" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>1032</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>1033</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>1034</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
-        <x:v>1035</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:7">
       <x:c r="A274" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
+        <x:v>1037</x:v>
+      </x:c>
+      <x:c r="C274" s="0" t="s">
+        <x:v>1038</x:v>
+      </x:c>
+      <x:c r="D274" s="0" t="s">
+        <x:v>1039</x:v>
+      </x:c>
+      <x:c r="E274" s="0" t="s">
         <x:v>1036</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1035</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:7">
       <x:c r="A275" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>1039</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>1040</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:7">
       <x:c r="A276" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>1043</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>1044</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:7">
       <x:c r="A277" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>1045</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>1046</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
-        <x:v>1047</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:7">
       <x:c r="A278" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>1048</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>1049</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>1050</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
-        <x:v>1051</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:7">
       <x:c r="A279" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
+        <x:v>1054</x:v>
+      </x:c>
+      <x:c r="C279" s="0" t="s">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="D279" s="0" t="s">
+        <x:v>1056</x:v>
+      </x:c>
+      <x:c r="E279" s="0" t="s">
         <x:v>1052</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1051</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:7">
       <x:c r="A280" s="0" t="s">
-        <x:v>1055</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>1056</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>1057</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>1058</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
-        <x:v>1051</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:7">
       <x:c r="A281" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>1059</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>1060</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>1061</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
-        <x:v>1062</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:7">
       <x:c r="A282" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>1063</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>1064</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>1065</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:7">
       <x:c r="A283" s="0" t="s">
-        <x:v>1067</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
+        <x:v>1069</x:v>
+      </x:c>
+      <x:c r="C283" s="0" t="s">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c r="D283" s="0" t="s">
+        <x:v>1071</x:v>
+      </x:c>
+      <x:c r="E283" s="0" t="s">
         <x:v>1068</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1066</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:7">
       <x:c r="A284" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:7">
       <x:c r="A285" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>1074</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>1075</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>1076</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
-        <x:v>1077</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:7">
       <x:c r="A286" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>1078</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
+        <x:v>1081</x:v>
+      </x:c>
+      <x:c r="D286" s="0" t="s">
+        <x:v>1082</x:v>
+      </x:c>
+      <x:c r="E286" s="0" t="s">
         <x:v>1079</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1077</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:7">
       <x:c r="A287" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>1081</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>1082</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>1083</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
-        <x:v>1077</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:7">
       <x:c r="A288" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>1085</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>1086</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
-        <x:v>1077</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:7">
       <x:c r="A289" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>1088</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>1089</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>1090</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
-        <x:v>1091</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:7">
       <x:c r="A290" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>1092</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>1093</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
-        <x:v>1095</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:7">
       <x:c r="A291" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>1096</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>1097</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>1098</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
-        <x:v>1099</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:7">
       <x:c r="A292" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>1100</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
+        <x:v>1103</x:v>
+      </x:c>
+      <x:c r="D292" s="0" t="s">
+        <x:v>1104</x:v>
+      </x:c>
+      <x:c r="E292" s="0" t="s">
         <x:v>1101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1099</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:7">
       <x:c r="A293" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>1104</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>1105</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
-        <x:v>1099</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:7">
       <x:c r="A294" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>1108</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:7">
       <x:c r="A295" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>1112</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>1113</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>1114</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:7">
       <x:c r="A296" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>1116</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>1117</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>1118</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
-        <x:v>1119</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:7">
       <x:c r="A297" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
+        <x:v>1121</x:v>
+      </x:c>
+      <x:c r="C297" s="0" t="s">
+        <x:v>1122</x:v>
+      </x:c>
+      <x:c r="D297" s="0" t="s">
+        <x:v>1123</x:v>
+      </x:c>
+      <x:c r="E297" s="0" t="s">
         <x:v>1120</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1119</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:7">
       <x:c r="A298" s="0" t="s">
-        <x:v>1123</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>1124</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>1125</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>1126</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
-        <x:v>1127</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:7">
       <x:c r="A299" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>1128</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>1129</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>1130</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
-        <x:v>1131</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:7">
       <x:c r="A300" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>1132</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>1133</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
-        <x:v>1134</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:7">
       <x:c r="A301" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c r="C301" s="0" t="s">
+        <x:v>1137</x:v>
+      </x:c>
+      <x:c r="D301" s="0" t="s">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="E301" s="0" t="s">
         <x:v>1135</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1134</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:7">
       <x:c r="A302" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>1138</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>1139</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>1140</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
-        <x:v>1141</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:7">
       <x:c r="A303" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>1142</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>1143</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>1144</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
-        <x:v>1145</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:7">
       <x:c r="A304" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
+        <x:v>1147</x:v>
+      </x:c>
+      <x:c r="C304" s="0" t="s">
+        <x:v>1148</x:v>
+      </x:c>
+      <x:c r="D304" s="0" t="s">
+        <x:v>1149</x:v>
+      </x:c>
+      <x:c r="E304" s="0" t="s">
         <x:v>1146</x:v>
       </x:c>
-      <x:c r="C304" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F304" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:7">
       <x:c r="A305" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>1149</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>1150</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>1151</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
-        <x:v>1145</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:7">
       <x:c r="A306" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>1142</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>1152</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>1153</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
-        <x:v>1145</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:7">
       <x:c r="A307" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>1154</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>1155</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>1156</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
-        <x:v>1157</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:7">
       <x:c r="A308" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c r="C308" s="0" t="s">
+        <x:v>1160</x:v>
+      </x:c>
+      <x:c r="D308" s="0" t="s">
+        <x:v>1161</x:v>
+      </x:c>
+      <x:c r="E308" s="0" t="s">
         <x:v>1158</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1157</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:7">
       <x:c r="A309" s="0" t="s">
-        <x:v>895</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>1161</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>1162</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>1163</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
-        <x:v>1164</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:7">
       <x:c r="A310" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>1165</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>1166</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
         <x:v>1167</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
-        <x:v>1164</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:7">
       <x:c r="A311" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>1168</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>1169</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>1170</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
-        <x:v>1164</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:7">
       <x:c r="A312" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>1171</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
         <x:v>1172</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
-        <x:v>1164</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:7">
       <x:c r="A313" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>1173</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>1174</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
         <x:v>1175</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
-        <x:v>1164</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:7">
       <x:c r="A314" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>1176</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>1177</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
-        <x:v>1164</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:7">
       <x:c r="A315" s="0" t="s">
-        <x:v>1178</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>1179</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>1180</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>1182</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:7">
       <x:c r="A316" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>1183</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>1184</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>1185</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>1182</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:7">
       <x:c r="A317" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>1187</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>1188</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:7">
       <x:c r="A318" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
-        <x:v>1190</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>1191</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>1192</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
-        <x:v>1193</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:7">
       <x:c r="A319" s="0" t="s">
+        <x:v>1195</x:v>
+      </x:c>
+      <x:c r="B319" s="0" t="s">
+        <x:v>1196</x:v>
+      </x:c>
+      <x:c r="C319" s="0" t="s">
+        <x:v>1197</x:v>
+      </x:c>
+      <x:c r="D319" s="0" t="s">
+        <x:v>1198</x:v>
+      </x:c>
+      <x:c r="E319" s="0" t="s">
         <x:v>1194</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1193</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:7">
       <x:c r="A320" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>1199</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>1200</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>1201</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:7">
       <x:c r="A321" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>1205</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:7">
       <x:c r="A322" s="0" t="s">
-        <x:v>1206</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>951</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:7">
       <x:c r="A323" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>1209</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>1211</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:7">
       <x:c r="A324" s="0" t="s">
-        <x:v>1212</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>1213</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>1214</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>1215</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
-        <x:v>1216</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:7">
       <x:c r="A325" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
+        <x:v>1218</x:v>
+      </x:c>
+      <x:c r="C325" s="0" t="s">
+        <x:v>1219</x:v>
+      </x:c>
+      <x:c r="D325" s="0" t="s">
+        <x:v>1220</x:v>
+      </x:c>
+      <x:c r="E325" s="0" t="s">
         <x:v>1217</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1216</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:7">
       <x:c r="A326" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>1220</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>1221</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>1222</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
-        <x:v>1223</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:7">
       <x:c r="A327" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>1224</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>1225</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>1226</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
-        <x:v>1227</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:7">
       <x:c r="A328" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>1228</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>1229</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>1230</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
-        <x:v>1231</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:7">
       <x:c r="A329" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>1078</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="D329" s="0" t="s">
+        <x:v>1234</x:v>
+      </x:c>
+      <x:c r="E329" s="0" t="s">
         <x:v>1232</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1231</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:7">
       <x:c r="A330" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
-        <x:v>1234</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>1235</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>1236</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
-        <x:v>1231</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:7">
       <x:c r="A331" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>1237</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>1238</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>1239</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
-        <x:v>1240</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:7">
       <x:c r="A332" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
+        <x:v>1242</x:v>
+      </x:c>
+      <x:c r="C332" s="0" t="s">
+        <x:v>1243</x:v>
+      </x:c>
+      <x:c r="D332" s="0" t="s">
+        <x:v>1244</x:v>
+      </x:c>
+      <x:c r="E332" s="0" t="s">
         <x:v>1241</x:v>
       </x:c>
-      <x:c r="C332" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F332" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:7">
       <x:c r="A333" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>1244</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>1245</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>1246</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
-        <x:v>1240</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:7">
       <x:c r="A334" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
-        <x:v>1247</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>1248</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>1249</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
-        <x:v>1250</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:7">
       <x:c r="A335" s="0" t="s">
-        <x:v>1251</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
+        <x:v>1253</x:v>
+      </x:c>
+      <x:c r="C335" s="0" t="s">
+        <x:v>1254</x:v>
+      </x:c>
+      <x:c r="D335" s="0" t="s">
+        <x:v>1255</x:v>
+      </x:c>
+      <x:c r="E335" s="0" t="s">
         <x:v>1252</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1250</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:7">
       <x:c r="A336" s="0" t="s">
-        <x:v>1255</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>1256</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>1257</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
         <x:v>1258</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:7">
       <x:c r="A337" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>1260</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>1261</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>1262</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:7">
       <x:c r="A338" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="C338" s="0" t="s">
         <x:v>1263</x:v>
       </x:c>
-      <x:c r="C338" s="0" t="s">
+      <x:c r="D338" s="0" t="s">
         <x:v>1264</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1265</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:7">
       <x:c r="A339" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>1266</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>1267</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>1268</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:7">
       <x:c r="A340" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>1269</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:7">
       <x:c r="A341" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>1271</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>1272</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>1273</x:v>
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:7">
       <x:c r="A342" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
+        <x:v>1277</x:v>
+      </x:c>
+      <x:c r="C342" s="0" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="D342" s="0" t="s">
+        <x:v>1279</x:v>
+      </x:c>
+      <x:c r="E342" s="0" t="s">
         <x:v>1275</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1274</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:7">
       <x:c r="A343" s="0" t="s">
-        <x:v>1278</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>1279</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>1280</x:v>
+        <x:v>1281</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>1281</x:v>
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
-        <x:v>1274</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:7">
       <x:c r="A344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
-        <x:v>1282</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>1283</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>1284</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
-        <x:v>1285</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:7">
       <x:c r="A345" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>1286</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>1287</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>1288</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
-        <x:v>1289</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:7">
       <x:c r="A346" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>1291</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>1292</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
-        <x:v>1293</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:7">
       <x:c r="A347" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>1294</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>1295</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>1296</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
-        <x:v>1297</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:7">
       <x:c r="A348" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>1299</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>1300</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
-        <x:v>1301</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:7">
       <x:c r="A349" s="0" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="B349" s="0" t="s">
+        <x:v>1303</x:v>
+      </x:c>
+      <x:c r="C349" s="0" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="D349" s="0" t="s">
+        <x:v>1305</x:v>
+      </x:c>
+      <x:c r="E349" s="0" t="s">
         <x:v>1302</x:v>
       </x:c>
-      <x:c r="B349" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="F349" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:7">
       <x:c r="A350" s="0" t="s">
-        <x:v>1305</x:v>
+        <x:v>1306</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>1306</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>1308</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:7">
       <x:c r="A351" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
+        <x:v>1311</x:v>
+      </x:c>
+      <x:c r="D351" s="0" t="s">
+        <x:v>1312</x:v>
+      </x:c>
+      <x:c r="E351" s="0" t="s">
         <x:v>1310</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1309</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:7">
       <x:c r="A352" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>1312</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>1313</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
-        <x:v>1315</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:7">
       <x:c r="A353" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>1318</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
-        <x:v>1319</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:7">
       <x:c r="A354" s="0" t="s">
+        <x:v>1321</x:v>
+      </x:c>
+      <x:c r="B354" s="0" t="s">
+        <x:v>1322</x:v>
+      </x:c>
+      <x:c r="C354" s="0" t="s">
+        <x:v>1323</x:v>
+      </x:c>
+      <x:c r="D354" s="0" t="s">
+        <x:v>1324</x:v>
+      </x:c>
+      <x:c r="E354" s="0" t="s">
         <x:v>1320</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1319</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:7">
       <x:c r="A355" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>1324</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>1325</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>1326</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
-        <x:v>1319</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:7">
       <x:c r="A356" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>1328</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>1329</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>1330</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
-        <x:v>1331</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:7">
       <x:c r="A357" s="0" t="s">
-        <x:v>1332</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>1333</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>1334</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
         <x:v>1335</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
-        <x:v>1331</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:7">
       <x:c r="A358" s="0" t="s">
         <x:v>1336</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>1338</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
-        <x:v>1331</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:7">
       <x:c r="A359" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>1340</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>1341</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>1342</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
-        <x:v>1331</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:7">
       <x:c r="A360" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>1343</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>1344</x:v>
+        <x:v>1345</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>1345</x:v>
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
-        <x:v>1331</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:7">
       <x:c r="A361" s="0" t="s">
-        <x:v>1346</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>1347</x:v>
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>1348</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>1349</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
-        <x:v>1350</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:7">
       <x:c r="A362" s="0" t="s">
+        <x:v>1352</x:v>
+      </x:c>
+      <x:c r="B362" s="0" t="s">
+        <x:v>1353</x:v>
+      </x:c>
+      <x:c r="C362" s="0" t="s">
+        <x:v>1354</x:v>
+      </x:c>
+      <x:c r="D362" s="0" t="s">
+        <x:v>1355</x:v>
+      </x:c>
+      <x:c r="E362" s="0" t="s">
         <x:v>1351</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1350</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:7">
       <x:c r="A363" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>1355</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>1356</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>1357</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
-        <x:v>1358</x:v>
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:7">
       <x:c r="A364" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>1360</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>1359</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>1360</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
-        <x:v>1361</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:7">
       <x:c r="A365" s="0" t="s">
-        <x:v>1362</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>1363</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
+        <x:v>1365</x:v>
+      </x:c>
+      <x:c r="D365" s="0" t="s">
+        <x:v>1366</x:v>
+      </x:c>
+      <x:c r="E365" s="0" t="s">
         <x:v>1364</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1361</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:7">
       <x:c r="A366" s="0" t="s">
-        <x:v>1366</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>1367</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>1369</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
-        <x:v>1361</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:7">
       <x:c r="A367" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>1370</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>1371</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>1372</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
-        <x:v>1361</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:7">
       <x:c r="A368" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>1373</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>1374</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>1375</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
-        <x:v>1376</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:7">
       <x:c r="A369" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
+        <x:v>1378</x:v>
+      </x:c>
+      <x:c r="C369" s="0" t="s">
+        <x:v>1379</x:v>
+      </x:c>
+      <x:c r="D369" s="0" t="s">
+        <x:v>1380</x:v>
+      </x:c>
+      <x:c r="E369" s="0" t="s">
         <x:v>1377</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1376</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:7">
       <x:c r="A370" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>1380</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>1381</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
-        <x:v>1382</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:7">
       <x:c r="A371" s="0" t="s">
-        <x:v>1383</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
+        <x:v>1386</x:v>
+      </x:c>
+      <x:c r="C371" s="0" t="s">
+        <x:v>1387</x:v>
+      </x:c>
+      <x:c r="D371" s="0" t="s">
+        <x:v>1388</x:v>
+      </x:c>
+      <x:c r="E371" s="0" t="s">
         <x:v>1384</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1382</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:7">
       <x:c r="A372" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>1387</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>1389</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
-        <x:v>1382</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:7">
       <x:c r="A373" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>1390</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>1391</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>1392</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
-        <x:v>1393</x:v>
+        <x:v>1394</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:7">
       <x:c r="A374" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>1394</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>1395</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>1396</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>1397</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:7">
       <x:c r="A375" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>1398</x:v>
+        <x:v>1399</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>1399</x:v>
+        <x:v>1400</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>1397</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:7">
       <x:c r="A376" s="0" t="s">
-        <x:v>1336</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>1400</x:v>
+        <x:v>1401</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>1401</x:v>
+        <x:v>1402</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>1402</x:v>
+        <x:v>1403</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>1397</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:7">
       <x:c r="A377" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>1403</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>1404</x:v>
+        <x:v>1405</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>1405</x:v>
+        <x:v>1406</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
-        <x:v>1406</x:v>
+        <x:v>1407</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:7">
       <x:c r="A378" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>1407</x:v>
+        <x:v>1408</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>1408</x:v>
+        <x:v>1409</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>1409</x:v>
+        <x:v>1410</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
-        <x:v>1410</x:v>
+        <x:v>1411</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:7">
       <x:c r="A379" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>1411</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>1412</x:v>
+        <x:v>1413</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>1413</x:v>
+        <x:v>1414</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
-        <x:v>1414</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:7">
       <x:c r="A380" s="0" t="s">
-        <x:v>1206</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
+        <x:v>1417</x:v>
+      </x:c>
+      <x:c r="C380" s="0" t="s">
+        <x:v>1418</x:v>
+      </x:c>
+      <x:c r="D380" s="0" t="s">
+        <x:v>1419</x:v>
+      </x:c>
+      <x:c r="E380" s="0" t="s">
         <x:v>1415</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1414</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:7">
       <x:c r="A381" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>1418</x:v>
+        <x:v>1420</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>1419</x:v>
+        <x:v>1421</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>1420</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
-        <x:v>1414</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:7">
       <x:c r="A382" s="0" t="s">
-        <x:v>1421</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>1422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>1423</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
         <x:v>1424</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
-        <x:v>1414</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:7">
       <x:c r="A383" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>1425</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>1426</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
         <x:v>1427</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
-        <x:v>1414</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:7">
       <x:c r="A384" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>1429</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>1429</x:v>
+        <x:v>1430</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
-        <x:v>1414</x:v>
+        <x:v>1415</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:7">
       <x:c r="A385" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>1430</x:v>
+        <x:v>1431</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>1431</x:v>
+        <x:v>1432</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>1432</x:v>
+        <x:v>1433</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:7">
       <x:c r="A386" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
+        <x:v>1435</x:v>
+      </x:c>
+      <x:c r="C386" s="0" t="s">
+        <x:v>1436</x:v>
+      </x:c>
+      <x:c r="D386" s="0" t="s">
+        <x:v>1437</x:v>
+      </x:c>
+      <x:c r="E386" s="0" t="s">
         <x:v>1434</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1433</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:7">
       <x:c r="A387" s="0" t="s">
-        <x:v>1437</x:v>
+        <x:v>1438</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>1438</x:v>
+        <x:v>1439</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>1439</x:v>
+        <x:v>1440</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>1440</x:v>
+        <x:v>1441</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
-        <x:v>1433</x:v>
+        <x:v>1434</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:7">
       <x:c r="A388" s="0" t="s">
-        <x:v>1441</x:v>
+        <x:v>1442</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>1442</x:v>
+        <x:v>1443</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>1443</x:v>
+        <x:v>1444</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>1444</x:v>
+        <x:v>1445</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
-        <x:v>1445</x:v>
+        <x:v>1446</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:7">
       <x:c r="A389" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
+        <x:v>1447</x:v>
+      </x:c>
+      <x:c r="C389" s="0" t="s">
+        <x:v>1448</x:v>
+      </x:c>
+      <x:c r="D389" s="0" t="s">
+        <x:v>1449</x:v>
+      </x:c>
+      <x:c r="E389" s="0" t="s">
         <x:v>1446</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1445</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:7">
       <x:c r="A390" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>1449</x:v>
+        <x:v>1450</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>1450</x:v>
+        <x:v>1451</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>1451</x:v>
+        <x:v>1452</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
-        <x:v>1452</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:7">
       <x:c r="A391" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>989</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
+        <x:v>1454</x:v>
+      </x:c>
+      <x:c r="D391" s="0" t="s">
+        <x:v>1035</x:v>
+      </x:c>
+      <x:c r="E391" s="0" t="s">
         <x:v>1453</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1452</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:7">
       <x:c r="A392" s="0" t="s">
-        <x:v>895</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="C392" s="0" t="s">
         <x:v>1455</x:v>
       </x:c>
-      <x:c r="C392" s="0" t="s">
+      <x:c r="D392" s="0" t="s">
         <x:v>1456</x:v>
       </x:c>
-      <x:c r="D392" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E392" s="0" t="s">
-        <x:v>1452</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:7">
       <x:c r="A393" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>1458</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>1034</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
-        <x:v>1452</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:7">
       <x:c r="A394" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>1459</x:v>
+        <x:v>1460</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>1460</x:v>
+        <x:v>1461</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>1461</x:v>
+        <x:v>1462</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
-        <x:v>1452</x:v>
+        <x:v>1453</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:7">
       <x:c r="A395" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>1462</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>1463</x:v>
+        <x:v>1464</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>1464</x:v>
+        <x:v>1465</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
-        <x:v>1465</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:7">
       <x:c r="A396" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
+        <x:v>1467</x:v>
+      </x:c>
+      <x:c r="C396" s="0" t="s">
+        <x:v>1468</x:v>
+      </x:c>
+      <x:c r="D396" s="0" t="s">
+        <x:v>1469</x:v>
+      </x:c>
+      <x:c r="E396" s="0" t="s">
         <x:v>1466</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1465</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:7">
       <x:c r="A397" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>1469</x:v>
+        <x:v>1470</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>1470</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>1471</x:v>
+        <x:v>1472</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
-        <x:v>1465</x:v>
+        <x:v>1466</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:7">
       <x:c r="A398" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>1472</x:v>
+        <x:v>1473</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>1473</x:v>
+        <x:v>1474</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>1474</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
-        <x:v>1475</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:7">
       <x:c r="A399" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
+        <x:v>1477</x:v>
+      </x:c>
+      <x:c r="C399" s="0" t="s">
+        <x:v>1478</x:v>
+      </x:c>
+      <x:c r="D399" s="0" t="s">
+        <x:v>1479</x:v>
+      </x:c>
+      <x:c r="E399" s="0" t="s">
         <x:v>1476</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1475</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:7">
       <x:c r="A400" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>1480</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>1479</x:v>
+        <x:v>1481</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>1480</x:v>
+        <x:v>1482</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
-        <x:v>1481</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:7">
       <x:c r="A401" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>1482</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
+        <x:v>1484</x:v>
+      </x:c>
+      <x:c r="D401" s="0" t="s">
+        <x:v>1485</x:v>
+      </x:c>
+      <x:c r="E401" s="0" t="s">
         <x:v>1483</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1481</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:7">
       <x:c r="A402" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>1485</x:v>
+        <x:v>1486</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>1486</x:v>
+        <x:v>1487</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>1487</x:v>
+        <x:v>1488</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
-        <x:v>1481</x:v>
+        <x:v>1483</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:7">
       <x:c r="A403" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>1488</x:v>
+        <x:v>1489</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>1489</x:v>
+        <x:v>1490</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>1490</x:v>
+        <x:v>1491</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
-        <x:v>1491</x:v>
+        <x:v>1492</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:7">
       <x:c r="A404" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
+        <x:v>1493</x:v>
+      </x:c>
+      <x:c r="C404" s="0" t="s">
+        <x:v>1494</x:v>
+      </x:c>
+      <x:c r="D404" s="0" t="s">
+        <x:v>1495</x:v>
+      </x:c>
+      <x:c r="E404" s="0" t="s">
         <x:v>1492</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1491</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:7">
       <x:c r="A405" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>1495</x:v>
+        <x:v>1496</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>1496</x:v>
+        <x:v>1497</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>1497</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
-        <x:v>1498</x:v>
+        <x:v>1499</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:7">
       <x:c r="A406" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>1499</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>1500</x:v>
+        <x:v>1501</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>1501</x:v>
+        <x:v>1502</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
-        <x:v>1502</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:7">
       <x:c r="A407" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
+        <x:v>1504</x:v>
+      </x:c>
+      <x:c r="C407" s="0" t="s">
+        <x:v>1505</x:v>
+      </x:c>
+      <x:c r="D407" s="0" t="s">
+        <x:v>1506</x:v>
+      </x:c>
+      <x:c r="E407" s="0" t="s">
         <x:v>1503</x:v>
       </x:c>
-      <x:c r="C407" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F407" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:7">
       <x:c r="A408" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>1506</x:v>
+        <x:v>1507</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>1507</x:v>
+        <x:v>1508</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>1508</x:v>
+        <x:v>1509</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
-        <x:v>1502</x:v>
+        <x:v>1503</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:7">
       <x:c r="A409" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>1509</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>1510</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
         <x:v>1511</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>1512</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:7">
       <x:c r="A410" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>1513</x:v>
+        <x:v>1514</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>1514</x:v>
+        <x:v>1515</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>1512</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:7">
       <x:c r="A411" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>1515</x:v>
+        <x:v>1516</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>1516</x:v>
+        <x:v>1517</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>1517</x:v>
+        <x:v>1518</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>1512</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:7">
       <x:c r="A412" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>1518</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>1519</x:v>
+        <x:v>1520</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>1520</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
-        <x:v>1521</x:v>
+        <x:v>1522</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:7">
       <x:c r="A413" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>1522</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>1523</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>1524</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
-        <x:v>1525</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:7">
       <x:c r="A414" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
+        <x:v>1528</x:v>
+      </x:c>
+      <x:c r="C414" s="0" t="s">
+        <x:v>1529</x:v>
+      </x:c>
+      <x:c r="D414" s="0" t="s">
+        <x:v>1530</x:v>
+      </x:c>
+      <x:c r="E414" s="0" t="s">
         <x:v>1526</x:v>
       </x:c>
-      <x:c r="C414" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F414" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:7">
       <x:c r="A415" s="0" t="s">
-        <x:v>1529</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>1530</x:v>
+        <x:v>1531</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>1531</x:v>
+        <x:v>1532</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>1532</x:v>
+        <x:v>1533</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
-        <x:v>1525</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:7">
       <x:c r="A416" s="0" t="s">
-        <x:v>1533</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
+        <x:v>1513</x:v>
+      </x:c>
+      <x:c r="C416" s="0" t="s">
         <x:v>1534</x:v>
       </x:c>
-      <x:c r="C416" s="0" t="s">
+      <x:c r="D416" s="0" t="s">
         <x:v>1535</x:v>
       </x:c>
-      <x:c r="D416" s="0" t="s">
+      <x:c r="E416" s="0" t="s">
         <x:v>1536</x:v>
       </x:c>
-      <x:c r="E416" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F416" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:7">
       <x:c r="A417" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>1538</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>1539</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
         <x:v>1540</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
-        <x:v>1537</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:7">
       <x:c r="A418" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>1515</x:v>
+        <x:v>1541</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>1541</x:v>
+        <x:v>1542</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>1542</x:v>
+        <x:v>1543</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
-        <x:v>1537</x:v>
+        <x:v>1536</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:7">
       <x:c r="A419" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>1543</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>1544</x:v>
+        <x:v>1545</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>1545</x:v>
+        <x:v>1546</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
-        <x:v>1546</x:v>
+        <x:v>1547</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:7">
       <x:c r="A420" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
+        <x:v>1548</x:v>
+      </x:c>
+      <x:c r="C420" s="0" t="s">
+        <x:v>1549</x:v>
+      </x:c>
+      <x:c r="D420" s="0" t="s">
+        <x:v>1550</x:v>
+      </x:c>
+      <x:c r="E420" s="0" t="s">
         <x:v>1547</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1546</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:7">
       <x:c r="A421" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>1550</x:v>
+        <x:v>1551</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>1551</x:v>
+        <x:v>1552</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>1552</x:v>
+        <x:v>1553</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:7">
       <x:c r="A422" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
+        <x:v>1555</x:v>
+      </x:c>
+      <x:c r="C422" s="0" t="s">
+        <x:v>1556</x:v>
+      </x:c>
+      <x:c r="D422" s="0" t="s">
+        <x:v>1557</x:v>
+      </x:c>
+      <x:c r="E422" s="0" t="s">
         <x:v>1554</x:v>
       </x:c>
-      <x:c r="C422" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F422" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:7">
       <x:c r="A423" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>1557</x:v>
+        <x:v>1558</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>1559</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
-        <x:v>1553</x:v>
+        <x:v>1554</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:7">
       <x:c r="A424" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>1560</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
         <x:v>1561</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
         <x:v>1562</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>1563</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:7">
       <x:c r="A425" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>1564</x:v>
+        <x:v>1565</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>1565</x:v>
+        <x:v>1566</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>1563</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:7">
       <x:c r="A426" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>1566</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
         <x:v>1567</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
         <x:v>1568</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>1569</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:7">
       <x:c r="A427" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>1570</x:v>
+        <x:v>1571</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>1571</x:v>
+        <x:v>1572</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>1569</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:7">
       <x:c r="A428" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>1572</x:v>
+        <x:v>1573</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>1573</x:v>
+        <x:v>1574</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>1574</x:v>
+        <x:v>1575</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
-        <x:v>1575</x:v>
+        <x:v>1576</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:7">
       <x:c r="A429" s="0" t="s">
-        <x:v>1533</x:v>
+        <x:v>1537</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>1576</x:v>
+        <x:v>1577</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>1577</x:v>
+        <x:v>1578</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>1578</x:v>
+        <x:v>1579</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
-        <x:v>1579</x:v>
+        <x:v>1580</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:7">
       <x:c r="A430" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>1580</x:v>
+        <x:v>1581</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>1581</x:v>
+        <x:v>1582</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>1582</x:v>
+        <x:v>1583</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
-        <x:v>1583</x:v>
+        <x:v>1584</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:7">
       <x:c r="A431" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
+        <x:v>1585</x:v>
+      </x:c>
+      <x:c r="C431" s="0" t="s">
+        <x:v>1586</x:v>
+      </x:c>
+      <x:c r="D431" s="0" t="s">
+        <x:v>1587</x:v>
+      </x:c>
+      <x:c r="E431" s="0" t="s">
         <x:v>1584</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1583</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:7">
       <x:c r="A432" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>1078</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>1587</x:v>
+        <x:v>1588</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>1588</x:v>
+        <x:v>1589</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
-        <x:v>1589</x:v>
+        <x:v>1590</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:7">
       <x:c r="A433" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>1590</x:v>
+        <x:v>1591</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>1591</x:v>
+        <x:v>1592</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>1592</x:v>
+        <x:v>1593</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
-        <x:v>1593</x:v>
+        <x:v>1594</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:7">
       <x:c r="A434" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
+        <x:v>1595</x:v>
+      </x:c>
+      <x:c r="C434" s="0" t="s">
+        <x:v>1596</x:v>
+      </x:c>
+      <x:c r="D434" s="0" t="s">
+        <x:v>1597</x:v>
+      </x:c>
+      <x:c r="E434" s="0" t="s">
         <x:v>1594</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1593</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:7">
       <x:c r="A435" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>1598</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>1597</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>1598</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
-        <x:v>1599</x:v>
+        <x:v>1601</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:7">
       <x:c r="A436" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>1600</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
+        <x:v>1602</x:v>
+      </x:c>
+      <x:c r="D436" s="0" t="s">
+        <x:v>1603</x:v>
+      </x:c>
+      <x:c r="E436" s="0" t="s">
         <x:v>1601</x:v>
       </x:c>
-      <x:c r="D436" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F436" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:7">
       <x:c r="A437" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>1603</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>1604</x:v>
+        <x:v>1606</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>1605</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
-        <x:v>1606</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:7">
       <x:c r="A438" s="0" t="s">
-        <x:v>1607</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
+        <x:v>1609</x:v>
+      </x:c>
+      <x:c r="C438" s="0" t="s">
+        <x:v>1610</x:v>
+      </x:c>
+      <x:c r="D438" s="0" t="s">
+        <x:v>1611</x:v>
+      </x:c>
+      <x:c r="E438" s="0" t="s">
         <x:v>1608</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1606</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:7">
       <x:c r="A439" s="0" t="s">
-        <x:v>1611</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>938</x:v>
+        <x:v>1609</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
         <x:v>1612</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
         <x:v>1613</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>1614</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:7">
       <x:c r="A440" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>1603</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>1615</x:v>
+        <x:v>1616</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>1616</x:v>
+        <x:v>1617</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>1614</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:7">
       <x:c r="A441" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>1617</x:v>
+        <x:v>1618</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>1618</x:v>
+        <x:v>1619</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>1619</x:v>
+        <x:v>1620</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
-        <x:v>1620</x:v>
+        <x:v>1621</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:7">
       <x:c r="A442" s="0" t="s">
-        <x:v>1621</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>1622</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
         <x:v>1623</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>1624</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>1625</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:7">
       <x:c r="A443" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>1626</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
         <x:v>1627</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>1628</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>1625</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:7">
       <x:c r="A444" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>1629</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>1630</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>1631</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>1625</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:7">
       <x:c r="A445" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="C445" s="0" t="s">
         <x:v>1632</x:v>
       </x:c>
-      <x:c r="C445" s="0" t="s">
+      <x:c r="D445" s="0" t="s">
         <x:v>1633</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1634</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>1625</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:7">
       <x:c r="A446" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>1635</x:v>
+        <x:v>1636</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>1636</x:v>
+        <x:v>1637</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>1625</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:7">
       <x:c r="A447" s="0" t="s">
-        <x:v>1212</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>1637</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>1638</x:v>
+        <x:v>1639</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>1639</x:v>
+        <x:v>1640</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
-        <x:v>1640</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:7">
       <x:c r="A448" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>1641</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>1642</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>1643</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
-        <x:v>1640</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:7">
       <x:c r="A449" s="0" t="s">
-        <x:v>1212</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
+        <x:v>1644</x:v>
+      </x:c>
+      <x:c r="C449" s="0" t="s">
+        <x:v>1645</x:v>
+      </x:c>
+      <x:c r="D449" s="0" t="s">
+        <x:v>1646</x:v>
+      </x:c>
+      <x:c r="E449" s="0" t="s">
         <x:v>1641</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1640</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:7">
       <x:c r="A450" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
-        <x:v>1646</x:v>
+        <x:v>1647</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>1647</x:v>
+        <x:v>1648</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>1648</x:v>
+        <x:v>1649</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
-        <x:v>1640</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:7">
       <x:c r="A451" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>1649</x:v>
+        <x:v>1650</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>1650</x:v>
+        <x:v>1651</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
-        <x:v>1651</x:v>
+        <x:v>1652</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:7">
       <x:c r="A452" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>1566</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>1652</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>1653</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
-        <x:v>1654</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:7">
       <x:c r="A453" s="0" t="s">
-        <x:v>1655</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>1656</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
         <x:v>1657</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
         <x:v>1658</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
-        <x:v>1654</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:7">
       <x:c r="A454" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>1659</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>1659</x:v>
+        <x:v>1660</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>1660</x:v>
+        <x:v>1661</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>1661</x:v>
+        <x:v>1662</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
-        <x:v>1654</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:7">
       <x:c r="A455" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>1662</x:v>
+        <x:v>1663</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>1663</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>1664</x:v>
+        <x:v>1665</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
-        <x:v>1665</x:v>
+        <x:v>1666</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:7">
       <x:c r="A456" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>1666</x:v>
+        <x:v>1667</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>1667</x:v>
+        <x:v>1668</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
-        <x:v>1668</x:v>
+        <x:v>1669</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:7">
       <x:c r="A457" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>1669</x:v>
+        <x:v>1670</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
-        <x:v>1670</x:v>
+        <x:v>1671</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>1671</x:v>
+        <x:v>1672</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
-        <x:v>1672</x:v>
+        <x:v>1673</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:7">
       <x:c r="A458" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>1673</x:v>
+        <x:v>1674</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
-        <x:v>1674</x:v>
+        <x:v>1675</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>1675</x:v>
+        <x:v>1676</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
-        <x:v>1676</x:v>
+        <x:v>1677</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:7">
       <x:c r="A459" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
+        <x:v>1678</x:v>
+      </x:c>
+      <x:c r="C459" s="0" t="s">
+        <x:v>1679</x:v>
+      </x:c>
+      <x:c r="D459" s="0" t="s">
+        <x:v>1680</x:v>
+      </x:c>
+      <x:c r="E459" s="0" t="s">
         <x:v>1677</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1676</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:7">
       <x:c r="A460" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>1680</x:v>
+        <x:v>1681</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>1681</x:v>
+        <x:v>1682</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>1682</x:v>
+        <x:v>1683</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
-        <x:v>1683</x:v>
+        <x:v>1684</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:7">
       <x:c r="A461" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>1684</x:v>
+        <x:v>1685</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>1685</x:v>
+        <x:v>1686</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
-        <x:v>1686</x:v>
+        <x:v>1687</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:7">
       <x:c r="A462" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>1687</x:v>
+        <x:v>1688</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>1688</x:v>
+        <x:v>1689</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>1689</x:v>
+        <x:v>1690</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
-        <x:v>1690</x:v>
+        <x:v>1691</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:7">
       <x:c r="A463" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>1691</x:v>
+        <x:v>1692</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
-        <x:v>1692</x:v>
+        <x:v>1693</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>1693</x:v>
+        <x:v>1694</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
-        <x:v>1694</x:v>
+        <x:v>1695</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:7">
       <x:c r="A464" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
+        <x:v>1696</x:v>
+      </x:c>
+      <x:c r="C464" s="0" t="s">
+        <x:v>1697</x:v>
+      </x:c>
+      <x:c r="D464" s="0" t="s">
+        <x:v>1698</x:v>
+      </x:c>
+      <x:c r="E464" s="0" t="s">
         <x:v>1695</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1694</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:7">
       <x:c r="A465" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>1698</x:v>
+        <x:v>1699</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
-        <x:v>1699</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>1700</x:v>
+        <x:v>1701</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
-        <x:v>1701</x:v>
+        <x:v>1702</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:7">
       <x:c r="A466" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>1466</x:v>
+        <x:v>1463</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
-        <x:v>1702</x:v>
+        <x:v>1703</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>1703</x:v>
+        <x:v>1704</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
-        <x:v>1704</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:7">
       <x:c r="A467" s="0" t="s">
-        <x:v>1705</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>1706</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
         <x:v>1707</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
         <x:v>1708</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>1709</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:7">
       <x:c r="A468" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>1710</x:v>
+        <x:v>1711</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>1711</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>1712</x:v>
+        <x:v>1713</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>1709</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:7">
       <x:c r="A469" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>1713</x:v>
+        <x:v>1714</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
-        <x:v>1714</x:v>
+        <x:v>1715</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>1715</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>1709</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:7">
       <x:c r="A470" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>1716</x:v>
+        <x:v>1717</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>1717</x:v>
+        <x:v>1718</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>1718</x:v>
+        <x:v>1719</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>1709</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:7">
       <x:c r="A471" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>1719</x:v>
+        <x:v>1720</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
-        <x:v>1720</x:v>
+        <x:v>1721</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>1721</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>1709</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:7">
       <x:c r="A472" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>1722</x:v>
+        <x:v>1723</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
-        <x:v>1723</x:v>
+        <x:v>1724</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>1724</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
-        <x:v>1725</x:v>
+        <x:v>1726</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:7">
       <x:c r="A473" s="0" t="s">
-        <x:v>1529</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
+        <x:v>1727</x:v>
+      </x:c>
+      <x:c r="C473" s="0" t="s">
+        <x:v>1728</x:v>
+      </x:c>
+      <x:c r="D473" s="0" t="s">
+        <x:v>1729</x:v>
+      </x:c>
+      <x:c r="E473" s="0" t="s">
         <x:v>1726</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1725</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:7">
       <x:c r="A474" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>1729</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
         <x:v>1730</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
         <x:v>1731</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>1732</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:7">
       <x:c r="A475" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>1733</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>1733</x:v>
+        <x:v>1734</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>1734</x:v>
+        <x:v>1735</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>1732</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:7">
       <x:c r="A476" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
-        <x:v>1735</x:v>
+        <x:v>1736</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>1736</x:v>
+        <x:v>1737</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>1737</x:v>
+        <x:v>1738</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
-        <x:v>1738</x:v>
+        <x:v>1739</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:7">
       <x:c r="A477" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>975</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>1739</x:v>
+        <x:v>1740</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>1740</x:v>
+        <x:v>1741</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
-        <x:v>1741</x:v>
+        <x:v>1742</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:7">
       <x:c r="A478" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>1742</x:v>
+        <x:v>1743</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
-        <x:v>1743</x:v>
+        <x:v>1744</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>1744</x:v>
+        <x:v>1745</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
-        <x:v>1745</x:v>
+        <x:v>1746</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:7">
       <x:c r="A479" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>1746</x:v>
+        <x:v>1747</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>1747</x:v>
+        <x:v>1748</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>1748</x:v>
+        <x:v>1749</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
-        <x:v>1749</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:7">
       <x:c r="A480" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>1750</x:v>
+        <x:v>1751</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>1751</x:v>
+        <x:v>1752</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
-        <x:v>1752</x:v>
+        <x:v>1753</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
-        <x:v>1753</x:v>
+        <x:v>1754</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:7">
       <x:c r="A481" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
-        <x:v>1754</x:v>
+        <x:v>1755</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
-        <x:v>1755</x:v>
+        <x:v>1756</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
-        <x:v>1756</x:v>
+        <x:v>1757</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:7">
       <x:c r="A482" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
-        <x:v>1757</x:v>
+        <x:v>1758</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>1758</x:v>
+        <x:v>1759</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
-        <x:v>1759</x:v>
+        <x:v>1760</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
-        <x:v>1760</x:v>
+        <x:v>1761</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:7">
       <x:c r="A483" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>1761</x:v>
+        <x:v>1762</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
-        <x:v>1762</x:v>
+        <x:v>1763</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
-        <x:v>1763</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
-        <x:v>1764</x:v>
+        <x:v>1765</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:7">
       <x:c r="A484" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
+        <x:v>1766</x:v>
+      </x:c>
+      <x:c r="C484" s="0" t="s">
+        <x:v>1767</x:v>
+      </x:c>
+      <x:c r="D484" s="0" t="s">
+        <x:v>1768</x:v>
+      </x:c>
+      <x:c r="E484" s="0" t="s">
         <x:v>1765</x:v>
       </x:c>
-      <x:c r="C484" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F484" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:7">
       <x:c r="A485" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
-        <x:v>1768</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
-        <x:v>1769</x:v>
+        <x:v>1770</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
-        <x:v>1770</x:v>
+        <x:v>1771</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:7">
       <x:c r="A486" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
-        <x:v>1771</x:v>
+        <x:v>1772</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
-        <x:v>1772</x:v>
+        <x:v>1773</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
-        <x:v>1773</x:v>
+        <x:v>1774</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:7">
       <x:c r="A487" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>1774</x:v>
+        <x:v>1775</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>1775</x:v>
+        <x:v>1776</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>1776</x:v>
+        <x:v>1777</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
-        <x:v>1777</x:v>
+        <x:v>1778</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:7">
       <x:c r="A488" s="0" t="s">
-        <x:v>1778</x:v>
+        <x:v>1779</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
-        <x:v>1779</x:v>
+        <x:v>1780</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>1780</x:v>
+        <x:v>1781</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
-        <x:v>1781</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
-        <x:v>1782</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:7">
       <x:c r="A489" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
+        <x:v>1784</x:v>
+      </x:c>
+      <x:c r="C489" s="0" t="s">
+        <x:v>1785</x:v>
+      </x:c>
+      <x:c r="D489" s="0" t="s">
+        <x:v>1786</x:v>
+      </x:c>
+      <x:c r="E489" s="0" t="s">
         <x:v>1783</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1782</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:7">
       <x:c r="A490" s="0" t="s">
-        <x:v>1786</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>1788</x:v>
+        <x:v>1789</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>1789</x:v>
+        <x:v>1790</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
-        <x:v>1790</x:v>
+        <x:v>1791</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:7">
       <x:c r="A491" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>1791</x:v>
+        <x:v>1792</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
-        <x:v>1792</x:v>
+        <x:v>1793</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
-        <x:v>1793</x:v>
+        <x:v>1794</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
-        <x:v>1794</x:v>
+        <x:v>1795</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:7">
       <x:c r="A492" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
+        <x:v>1796</x:v>
+      </x:c>
+      <x:c r="C492" s="0" t="s">
+        <x:v>1797</x:v>
+      </x:c>
+      <x:c r="D492" s="0" t="s">
+        <x:v>1798</x:v>
+      </x:c>
+      <x:c r="E492" s="0" t="s">
         <x:v>1795</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1794</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:7">
       <x:c r="A493" s="0" t="s">
-        <x:v>1798</x:v>
+        <x:v>1799</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>1799</x:v>
+        <x:v>1800</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>1800</x:v>
+        <x:v>1801</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
-        <x:v>1801</x:v>
+        <x:v>1802</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
-        <x:v>1802</x:v>
+        <x:v>1803</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:7">
       <x:c r="A494" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
-        <x:v>1803</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>1804</x:v>
+        <x:v>1805</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
-        <x:v>1805</x:v>
+        <x:v>1806</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
-        <x:v>1806</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:7">
       <x:c r="A495" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
+        <x:v>1808</x:v>
+      </x:c>
+      <x:c r="C495" s="0" t="s">
+        <x:v>1809</x:v>
+      </x:c>
+      <x:c r="D495" s="0" t="s">
+        <x:v>1810</x:v>
+      </x:c>
+      <x:c r="E495" s="0" t="s">
         <x:v>1807</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1806</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:7">
       <x:c r="A496" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
-        <x:v>1810</x:v>
+        <x:v>1811</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>1811</x:v>
+        <x:v>1812</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>1812</x:v>
+        <x:v>1813</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
-        <x:v>1806</x:v>
+        <x:v>1807</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:7">
       <x:c r="A497" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>1813</x:v>
+        <x:v>1814</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
-        <x:v>1814</x:v>
+        <x:v>1815</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>1815</x:v>
+        <x:v>1816</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
-        <x:v>1816</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:7">
       <x:c r="A498" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>1817</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
         <x:v>1818</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
         <x:v>1819</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
-        <x:v>1816</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:7">
       <x:c r="A499" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>1590</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>1820</x:v>
+        <x:v>1821</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>1821</x:v>
+        <x:v>1822</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
-        <x:v>1816</x:v>
+        <x:v>1817</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:7">
       <x:c r="A500" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
-        <x:v>1822</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
-        <x:v>1823</x:v>
+        <x:v>1824</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>1824</x:v>
+        <x:v>1825</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
-        <x:v>1825</x:v>
+        <x:v>1826</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:7">
       <x:c r="A501" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>1826</x:v>
+        <x:v>1827</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>1827</x:v>
+        <x:v>1828</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>1828</x:v>
+        <x:v>1829</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
-        <x:v>1829</x:v>
+        <x:v>1830</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:7">
       <x:c r="A502" s="0" t="s">
-        <x:v>1830</x:v>
+        <x:v>1831</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
-        <x:v>1831</x:v>
+        <x:v>1832</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>1832</x:v>
+        <x:v>1833</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
-        <x:v>1833</x:v>
+        <x:v>1834</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:7">
       <x:c r="A503" s="0" t="s">
-        <x:v>1529</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>1108</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>1834</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>1835</x:v>
+        <x:v>1836</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
-        <x:v>1836</x:v>
+        <x:v>1837</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:7">
       <x:c r="A504" s="0" t="s">
+        <x:v>1838</x:v>
+      </x:c>
+      <x:c r="B504" s="0" t="s">
+        <x:v>1839</x:v>
+      </x:c>
+      <x:c r="C504" s="0" t="s">
+        <x:v>1840</x:v>
+      </x:c>
+      <x:c r="D504" s="0" t="s">
+        <x:v>1841</x:v>
+      </x:c>
+      <x:c r="E504" s="0" t="s">
         <x:v>1837</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1836</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:7">
       <x:c r="A505" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>1842</x:v>
+        <x:v>1843</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
-        <x:v>1843</x:v>
+        <x:v>1844</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>1844</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
-        <x:v>1845</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:7">
       <x:c r="A506" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
+        <x:v>1847</x:v>
+      </x:c>
+      <x:c r="C506" s="0" t="s">
+        <x:v>1848</x:v>
+      </x:c>
+      <x:c r="D506" s="0" t="s">
+        <x:v>1849</x:v>
+      </x:c>
+      <x:c r="E506" s="0" t="s">
         <x:v>1846</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1845</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:7">
       <x:c r="A507" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>1849</x:v>
+        <x:v>1850</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
-        <x:v>1850</x:v>
+        <x:v>1851</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>1851</x:v>
+        <x:v>1852</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
-        <x:v>1852</x:v>
+        <x:v>1853</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:7">
       <x:c r="A508" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
-        <x:v>1853</x:v>
+        <x:v>1854</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
-        <x:v>1854</x:v>
+        <x:v>1855</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>1855</x:v>
+        <x:v>1856</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
-        <x:v>1856</x:v>
+        <x:v>1857</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:7">
       <x:c r="A509" s="0" t="s">
+        <x:v>1858</x:v>
+      </x:c>
+      <x:c r="B509" s="0" t="s">
+        <x:v>1859</x:v>
+      </x:c>
+      <x:c r="C509" s="0" t="s">
+        <x:v>1860</x:v>
+      </x:c>
+      <x:c r="D509" s="0" t="s">
+        <x:v>1861</x:v>
+      </x:c>
+      <x:c r="E509" s="0" t="s">
         <x:v>1857</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>1856</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:7">
       <x:c r="A510" s="0" t="s">
-        <x:v>1861</x:v>
+        <x:v>1862</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
-        <x:v>1862</x:v>
+        <x:v>1863</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
-        <x:v>1863</x:v>
+        <x:v>1864</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>1864</x:v>
+        <x:v>1865</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
-        <x:v>1865</x:v>
+        <x:v>1866</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:7">
       <x:c r="A511" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
-        <x:v>1866</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>1867</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
-        <x:v>1868</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:7">
       <x:c r="A512" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
+        <x:v>1870</x:v>
+      </x:c>
+      <x:c r="C512" s="0" t="s">
+        <x:v>1871</x:v>
+      </x:c>
+      <x:c r="D512" s="0" t="s">
+        <x:v>1872</x:v>
+      </x:c>
+      <x:c r="E512" s="0" t="s">
         <x:v>1869</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1868</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:7">
       <x:c r="A513" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>1872</x:v>
+        <x:v>1873</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
-        <x:v>1873</x:v>
+        <x:v>1874</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
-        <x:v>1874</x:v>
+        <x:v>1875</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
-        <x:v>1868</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:7">
       <x:c r="A514" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
-        <x:v>1074</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
-        <x:v>1875</x:v>
+        <x:v>1876</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>1876</x:v>
+        <x:v>1877</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
-        <x:v>1877</x:v>
+        <x:v>1878</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:7">
       <x:c r="A515" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>1878</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
-        <x:v>1879</x:v>
+        <x:v>1880</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>1880</x:v>
+        <x:v>1881</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
-        <x:v>1881</x:v>
+        <x:v>1882</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:7">
       <x:c r="A516" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
+        <x:v>1883</x:v>
+      </x:c>
+      <x:c r="C516" s="0" t="s">
+        <x:v>1884</x:v>
+      </x:c>
+      <x:c r="D516" s="0" t="s">
+        <x:v>1885</x:v>
+      </x:c>
+      <x:c r="E516" s="0" t="s">
         <x:v>1882</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1881</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:7">
       <x:c r="A517" s="0" t="s">
-        <x:v>1885</x:v>
+        <x:v>1886</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>1886</x:v>
+        <x:v>1887</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
-        <x:v>1887</x:v>
+        <x:v>1888</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>1888</x:v>
+        <x:v>1889</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
-        <x:v>1889</x:v>
+        <x:v>1890</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:7">
       <x:c r="A518" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
-        <x:v>1890</x:v>
+        <x:v>1891</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>1891</x:v>
+        <x:v>1892</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>1892</x:v>
+        <x:v>1893</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
-        <x:v>1893</x:v>
+        <x:v>1894</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:7">
       <x:c r="A519" s="0" t="s">
-        <x:v>1894</x:v>
+        <x:v>1895</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>1895</x:v>
+        <x:v>1896</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
-        <x:v>1896</x:v>
+        <x:v>1897</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>1897</x:v>
+        <x:v>1898</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
-        <x:v>1898</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:7">
       <x:c r="A520" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
-        <x:v>1899</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
-        <x:v>1900</x:v>
+        <x:v>1901</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
-        <x:v>1901</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:7">
       <x:c r="A521" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
+        <x:v>1903</x:v>
+      </x:c>
+      <x:c r="C521" s="0" t="s">
+        <x:v>1904</x:v>
+      </x:c>
+      <x:c r="D521" s="0" t="s">
+        <x:v>1905</x:v>
+      </x:c>
+      <x:c r="E521" s="0" t="s">
         <x:v>1902</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1901</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:7">
       <x:c r="A522" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
-        <x:v>1905</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
-        <x:v>1906</x:v>
+        <x:v>1907</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>1907</x:v>
+        <x:v>1908</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
-        <x:v>1901</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:7">
       <x:c r="A523" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>1908</x:v>
+        <x:v>1909</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
-        <x:v>1909</x:v>
+        <x:v>1910</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>1910</x:v>
+        <x:v>1911</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
-        <x:v>1911</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:7">
       <x:c r="A524" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
+        <x:v>1913</x:v>
+      </x:c>
+      <x:c r="C524" s="0" t="s">
+        <x:v>1914</x:v>
+      </x:c>
+      <x:c r="D524" s="0" t="s">
+        <x:v>1915</x:v>
+      </x:c>
+      <x:c r="E524" s="0" t="s">
         <x:v>1912</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1911</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:7">
       <x:c r="A525" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>1915</x:v>
+        <x:v>1916</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
-        <x:v>1916</x:v>
+        <x:v>1917</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>1917</x:v>
+        <x:v>1918</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
-        <x:v>1911</x:v>
+        <x:v>1912</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:7">
       <x:c r="A526" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
-        <x:v>1918</x:v>
+        <x:v>1919</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
-        <x:v>1919</x:v>
+        <x:v>1920</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
-        <x:v>1920</x:v>
+        <x:v>1921</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
-        <x:v>1921</x:v>
+        <x:v>1922</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:7">
       <x:c r="A527" s="0" t="s">
-        <x:v>1922</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
         <x:v>1923</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
         <x:v>1924</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>1925</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:7">
       <x:c r="A528" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
-        <x:v>1926</x:v>
+        <x:v>1927</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
-        <x:v>1927</x:v>
+        <x:v>1928</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>1925</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:7">
       <x:c r="A529" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>1928</x:v>
+        <x:v>1929</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
-        <x:v>1929</x:v>
+        <x:v>1930</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
-        <x:v>1930</x:v>
+        <x:v>1931</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
-        <x:v>1931</x:v>
+        <x:v>1932</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:7">
       <x:c r="A530" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
+        <x:v>1933</x:v>
+      </x:c>
+      <x:c r="C530" s="0" t="s">
+        <x:v>1934</x:v>
+      </x:c>
+      <x:c r="D530" s="0" t="s">
+        <x:v>1935</x:v>
+      </x:c>
+      <x:c r="E530" s="0" t="s">
         <x:v>1932</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1931</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:7">
       <x:c r="A531" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>1935</x:v>
+        <x:v>1936</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
-        <x:v>1936</x:v>
+        <x:v>1937</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
-        <x:v>1937</x:v>
+        <x:v>1938</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
-        <x:v>1938</x:v>
+        <x:v>1939</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:7">
       <x:c r="A532" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
-        <x:v>1939</x:v>
+        <x:v>1940</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
-        <x:v>1940</x:v>
+        <x:v>1941</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>1941</x:v>
+        <x:v>1942</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
-        <x:v>1942</x:v>
+        <x:v>1943</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:7">
       <x:c r="A533" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
+        <x:v>1944</x:v>
+      </x:c>
+      <x:c r="C533" s="0" t="s">
+        <x:v>1945</x:v>
+      </x:c>
+      <x:c r="D533" s="0" t="s">
+        <x:v>1946</x:v>
+      </x:c>
+      <x:c r="E533" s="0" t="s">
         <x:v>1943</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1942</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:7">
       <x:c r="A534" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
-        <x:v>1946</x:v>
+        <x:v>1947</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
-        <x:v>1947</x:v>
+        <x:v>1948</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
-        <x:v>1948</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
-        <x:v>1949</x:v>
+        <x:v>1950</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:7">
       <x:c r="A535" s="0" t="s">
-        <x:v>1950</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>975</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
-        <x:v>1951</x:v>
+        <x:v>1952</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>1952</x:v>
+        <x:v>1953</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
-        <x:v>1953</x:v>
+        <x:v>1954</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:7">
       <x:c r="A536" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="C536" s="0" t="s">
+        <x:v>1956</x:v>
+      </x:c>
+      <x:c r="D536" s="0" t="s">
+        <x:v>1957</x:v>
+      </x:c>
+      <x:c r="E536" s="0" t="s">
         <x:v>1954</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1953</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:7">
       <x:c r="A537" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
-        <x:v>1957</x:v>
+        <x:v>1958</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>1958</x:v>
+        <x:v>1959</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
-        <x:v>1959</x:v>
+        <x:v>1960</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:7">
       <x:c r="A538" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
-        <x:v>1960</x:v>
+        <x:v>1696</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
         <x:v>1961</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
         <x:v>1962</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>1963</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:7">
       <x:c r="A539" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>1964</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
         <x:v>1965</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
         <x:v>1966</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>1963</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:7">
       <x:c r="A540" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
-        <x:v>1691</x:v>
+        <x:v>1967</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
-        <x:v>1967</x:v>
+        <x:v>1968</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>1968</x:v>
+        <x:v>1969</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>1963</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:7">
       <x:c r="A541" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>1969</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
-        <x:v>1970</x:v>
+        <x:v>1971</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>1971</x:v>
+        <x:v>1972</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
-        <x:v>1972</x:v>
+        <x:v>1973</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:7">
       <x:c r="A542" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
-        <x:v>1973</x:v>
+        <x:v>1974</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
-        <x:v>1974</x:v>
+        <x:v>1975</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>1975</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
-        <x:v>1976</x:v>
+        <x:v>1977</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:7">
       <x:c r="A543" s="0" t="s">
-        <x:v>1977</x:v>
+        <x:v>1978</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>1978</x:v>
+        <x:v>1979</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
-        <x:v>1979</x:v>
+        <x:v>1980</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>1980</x:v>
+        <x:v>1981</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
-        <x:v>1981</x:v>
+        <x:v>1982</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:7">
       <x:c r="A544" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
-        <x:v>1982</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>1983</x:v>
+        <x:v>1984</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
-        <x:v>1984</x:v>
+        <x:v>1985</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:7">
       <x:c r="A545" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>1985</x:v>
+        <x:v>1986</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
-        <x:v>1986</x:v>
+        <x:v>1987</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>1987</x:v>
+        <x:v>1988</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
-        <x:v>1988</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:7">
       <x:c r="A546" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
+        <x:v>1990</x:v>
+      </x:c>
+      <x:c r="C546" s="0" t="s">
+        <x:v>1991</x:v>
+      </x:c>
+      <x:c r="D546" s="0" t="s">
+        <x:v>1992</x:v>
+      </x:c>
+      <x:c r="E546" s="0" t="s">
         <x:v>1989</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1988</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:7">
       <x:c r="A547" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>1992</x:v>
+        <x:v>1993</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
-        <x:v>1993</x:v>
+        <x:v>1994</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
-        <x:v>1994</x:v>
+        <x:v>1995</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
-        <x:v>1995</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:7">
       <x:c r="A548" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
+        <x:v>1997</x:v>
+      </x:c>
+      <x:c r="C548" s="0" t="s">
+        <x:v>1998</x:v>
+      </x:c>
+      <x:c r="D548" s="0" t="s">
+        <x:v>1999</x:v>
+      </x:c>
+      <x:c r="E548" s="0" t="s">
         <x:v>1996</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1995</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:7">
       <x:c r="A549" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>1999</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
-        <x:v>2000</x:v>
+        <x:v>2001</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>2001</x:v>
+        <x:v>2002</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
-        <x:v>1995</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:7">
       <x:c r="A550" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
-        <x:v>2002</x:v>
+        <x:v>2003</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
-        <x:v>2003</x:v>
+        <x:v>2004</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>2004</x:v>
+        <x:v>2005</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
-        <x:v>1995</x:v>
+        <x:v>1996</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:7">
       <x:c r="A551" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>2005</x:v>
+        <x:v>2006</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
-        <x:v>2006</x:v>
+        <x:v>2007</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>2007</x:v>
+        <x:v>2008</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
-        <x:v>2008</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:7">
       <x:c r="A552" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
-        <x:v>2009</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
-        <x:v>2010</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
-        <x:v>2011</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
-        <x:v>2012</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:7">
       <x:c r="A553" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>2013</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
-        <x:v>2014</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
-        <x:v>2015</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
-        <x:v>2016</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:7">
       <x:c r="A554" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
-        <x:v>2017</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
-        <x:v>2018</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
-        <x:v>2019</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
-        <x:v>2020</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:7">
       <x:c r="A555" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:7">
       <x:c r="A556" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
+        <x:v>2026</x:v>
+      </x:c>
+      <x:c r="C556" s="0" t="s">
+        <x:v>2027</x:v>
+      </x:c>
+      <x:c r="D556" s="0" t="s">
+        <x:v>2028</x:v>
+      </x:c>
+      <x:c r="E556" s="0" t="s">
         <x:v>2025</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2024</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:7">
       <x:c r="A557" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>2028</x:v>
+        <x:v>2029</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
-        <x:v>2029</x:v>
+        <x:v>2030</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
-        <x:v>2030</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
-        <x:v>2031</x:v>
+        <x:v>2032</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:7">
       <x:c r="A558" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
+        <x:v>2033</x:v>
+      </x:c>
+      <x:c r="C558" s="0" t="s">
+        <x:v>2034</x:v>
+      </x:c>
+      <x:c r="D558" s="0" t="s">
+        <x:v>2035</x:v>
+      </x:c>
+      <x:c r="E558" s="0" t="s">
         <x:v>2032</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2031</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:7">
       <x:c r="A559" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>2035</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
-        <x:v>2036</x:v>
+        <x:v>2037</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
-        <x:v>2037</x:v>
+        <x:v>2038</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
-        <x:v>2038</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:7">
       <x:c r="A560" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
-        <x:v>2039</x:v>
+        <x:v>2040</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
-        <x:v>2040</x:v>
+        <x:v>2041</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
-        <x:v>2041</x:v>
+        <x:v>2042</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
-        <x:v>2042</x:v>
+        <x:v>2043</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:7">
       <x:c r="A561" s="0" t="s">
-        <x:v>2043</x:v>
+        <x:v>2044</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>2044</x:v>
+        <x:v>2045</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
-        <x:v>2045</x:v>
+        <x:v>2046</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
-        <x:v>2046</x:v>
+        <x:v>2047</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
-        <x:v>2047</x:v>
+        <x:v>2048</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:7">
       <x:c r="A562" s="0" t="s">
-        <x:v>2048</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
-        <x:v>2050</x:v>
+        <x:v>2051</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
-        <x:v>2051</x:v>
+        <x:v>2052</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
-        <x:v>2052</x:v>
+        <x:v>2053</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:7">
       <x:c r="A563" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>2053</x:v>
+        <x:v>2054</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
-        <x:v>2054</x:v>
+        <x:v>2055</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
-        <x:v>2055</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
-        <x:v>2056</x:v>
+        <x:v>2057</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:7">
       <x:c r="A564" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>2059</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
-        <x:v>2057</x:v>
+        <x:v>2060</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
-        <x:v>2058</x:v>
+        <x:v>2061</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
-        <x:v>2059</x:v>
+        <x:v>2062</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:7">
       <x:c r="A565" s="0" t="s">
-        <x:v>2060</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>2061</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
+        <x:v>2063</x:v>
+      </x:c>
+      <x:c r="D565" s="0" t="s">
+        <x:v>2064</x:v>
+      </x:c>
+      <x:c r="E565" s="0" t="s">
         <x:v>2062</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2059</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:7">
       <x:c r="A566" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
-        <x:v>2064</x:v>
+        <x:v>2065</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
-        <x:v>2065</x:v>
+        <x:v>2066</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
-        <x:v>2066</x:v>
+        <x:v>2067</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
-        <x:v>2067</x:v>
+        <x:v>2068</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:7">
       <x:c r="A567" s="0" t="s">
-        <x:v>2068</x:v>
+        <x:v>2069</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>2069</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
-        <x:v>2070</x:v>
+        <x:v>2071</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
-        <x:v>2071</x:v>
+        <x:v>2072</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
-        <x:v>2072</x:v>
+        <x:v>2073</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:7">
       <x:c r="A568" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
-        <x:v>2073</x:v>
+        <x:v>2074</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
-        <x:v>2074</x:v>
+        <x:v>2075</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
-        <x:v>2075</x:v>
+        <x:v>2076</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
-        <x:v>2076</x:v>
+        <x:v>2077</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:7">
       <x:c r="A569" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>2077</x:v>
+        <x:v>2078</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
-        <x:v>2078</x:v>
+        <x:v>2079</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
-        <x:v>2079</x:v>
+        <x:v>2080</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
-        <x:v>2080</x:v>
+        <x:v>2081</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:7">
       <x:c r="A570" s="0" t="s">
-        <x:v>2081</x:v>
+        <x:v>2082</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
-        <x:v>2082</x:v>
+        <x:v>2083</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
-        <x:v>2083</x:v>
+        <x:v>2084</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
-        <x:v>2084</x:v>
+        <x:v>2085</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
-        <x:v>2085</x:v>
+        <x:v>2086</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:7">
       <x:c r="A571" s="0" t="s">
-        <x:v>2086</x:v>
+        <x:v>2087</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>2087</x:v>
+        <x:v>2088</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
-        <x:v>2088</x:v>
+        <x:v>2089</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
-        <x:v>2089</x:v>
+        <x:v>2090</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
-        <x:v>2090</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:7">
       <x:c r="A572" s="0" t="s">
-        <x:v>2060</x:v>
+        <x:v>2058</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
-        <x:v>2091</x:v>
+        <x:v>2092</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
-        <x:v>2092</x:v>
+        <x:v>2093</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
-        <x:v>2093</x:v>
+        <x:v>2094</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
-        <x:v>2094</x:v>
+        <x:v>2095</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:7">
       <x:c r="A573" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>2096</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>2095</x:v>
+        <x:v>2097</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
-        <x:v>2096</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
-        <x:v>2097</x:v>
+        <x:v>2099</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
-        <x:v>2098</x:v>
+        <x:v>2100</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:7">
       <x:c r="A574" s="0" t="s">
-        <x:v>2099</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
+        <x:v>2101</x:v>
+      </x:c>
+      <x:c r="C574" s="0" t="s">
+        <x:v>2102</x:v>
+      </x:c>
+      <x:c r="D574" s="0" t="s">
+        <x:v>2103</x:v>
+      </x:c>
+      <x:c r="E574" s="0" t="s">
         <x:v>2100</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2098</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:7">
       <x:c r="A575" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
-        <x:v>2103</x:v>
+        <x:v>2104</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
-        <x:v>2104</x:v>
+        <x:v>2105</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
-        <x:v>2098</x:v>
+        <x:v>2100</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:7">
       <x:c r="A576" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
-        <x:v>2105</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
-        <x:v>2106</x:v>
+        <x:v>2107</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
-        <x:v>2107</x:v>
+        <x:v>2108</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
-        <x:v>2108</x:v>
+        <x:v>2109</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:7">
       <x:c r="A577" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
-        <x:v>2109</x:v>
+        <x:v>2110</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
-        <x:v>2110</x:v>
+        <x:v>2111</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
-        <x:v>2111</x:v>
+        <x:v>2112</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:7">
       <x:c r="A578" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
-        <x:v>975</x:v>
+        <x:v>2113</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
-        <x:v>2112</x:v>
+        <x:v>2114</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
-        <x:v>2113</x:v>
+        <x:v>2115</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
-        <x:v>2114</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:7">
       <x:c r="A579" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>2115</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
+        <x:v>2117</x:v>
+      </x:c>
+      <x:c r="D579" s="0" t="s">
+        <x:v>2118</x:v>
+      </x:c>
+      <x:c r="E579" s="0" t="s">
         <x:v>2116</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2114</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:7">
       <x:c r="A580" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
-        <x:v>2118</x:v>
+        <x:v>2119</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
-        <x:v>2119</x:v>
+        <x:v>2120</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
-        <x:v>2120</x:v>
+        <x:v>2121</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:7">
       <x:c r="A581" s="0" t="s">
-        <x:v>1786</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
+        <x:v>2122</x:v>
+      </x:c>
+      <x:c r="C581" s="0" t="s">
+        <x:v>2123</x:v>
+      </x:c>
+      <x:c r="D581" s="0" t="s">
+        <x:v>2124</x:v>
+      </x:c>
+      <x:c r="E581" s="0" t="s">
         <x:v>2121</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2120</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:7">
       <x:c r="A582" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
-        <x:v>2124</x:v>
+        <x:v>2125</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
-        <x:v>2125</x:v>
+        <x:v>2126</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
-        <x:v>2126</x:v>
+        <x:v>2127</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
-        <x:v>2127</x:v>
+        <x:v>2128</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:7">
       <x:c r="A583" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>2128</x:v>
+        <x:v>2129</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
-        <x:v>2129</x:v>
+        <x:v>2130</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
-        <x:v>2130</x:v>
+        <x:v>2131</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
-        <x:v>2131</x:v>
+        <x:v>2132</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:7">
       <x:c r="A584" s="0" t="s">
-        <x:v>2132</x:v>
+        <x:v>2133</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
-        <x:v>2133</x:v>
+        <x:v>2134</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
-        <x:v>2134</x:v>
+        <x:v>2135</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
-        <x:v>2135</x:v>
+        <x:v>2136</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
-        <x:v>2136</x:v>
+        <x:v>2137</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:7">
       <x:c r="A585" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>2137</x:v>
+        <x:v>2138</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
-        <x:v>2138</x:v>
+        <x:v>2139</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
-        <x:v>2139</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
-        <x:v>2140</x:v>
+        <x:v>2141</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:7">
       <x:c r="A586" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
-        <x:v>2141</x:v>
+        <x:v>2142</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
-        <x:v>2142</x:v>
+        <x:v>2143</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
-        <x:v>2143</x:v>
+        <x:v>2144</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
-        <x:v>2144</x:v>
+        <x:v>2145</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:7">
       <x:c r="A587" s="0" t="s">
-        <x:v>2145</x:v>
+        <x:v>2146</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>2049</x:v>
+        <x:v>2050</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
-        <x:v>2146</x:v>
+        <x:v>2147</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
-        <x:v>2147</x:v>
+        <x:v>2148</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
-        <x:v>2148</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:7">
       <x:c r="A588" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
-        <x:v>2149</x:v>
+        <x:v>2150</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>2150</x:v>
+        <x:v>2151</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
-        <x:v>2151</x:v>
+        <x:v>2152</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:7">
       <x:c r="A589" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>2152</x:v>
+        <x:v>2153</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
-        <x:v>2153</x:v>
+        <x:v>2154</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
-        <x:v>2154</x:v>
+        <x:v>2155</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
-        <x:v>2155</x:v>
+        <x:v>2156</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:7">
       <x:c r="A590" s="0" t="s">
-        <x:v>1841</x:v>
+        <x:v>1842</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
-        <x:v>2156</x:v>
+        <x:v>2157</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
-        <x:v>2157</x:v>
+        <x:v>2158</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>2158</x:v>
+        <x:v>2159</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
-        <x:v>2159</x:v>
+        <x:v>2160</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:7">
       <x:c r="A591" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>2160</x:v>
+        <x:v>2161</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
-        <x:v>2161</x:v>
+        <x:v>2162</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
-        <x:v>2162</x:v>
+        <x:v>2163</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
-        <x:v>2163</x:v>
+        <x:v>2164</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:7">
       <x:c r="A592" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
-        <x:v>2164</x:v>
+        <x:v>2165</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
-        <x:v>2165</x:v>
+        <x:v>2166</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>2166</x:v>
+        <x:v>2167</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
-        <x:v>2167</x:v>
+        <x:v>2168</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:7">
       <x:c r="A593" s="0" t="s">
-        <x:v>1255</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>2164</x:v>
+        <x:v>2165</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
+        <x:v>2169</x:v>
+      </x:c>
+      <x:c r="D593" s="0" t="s">
+        <x:v>2170</x:v>
+      </x:c>
+      <x:c r="E593" s="0" t="s">
         <x:v>2168</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2167</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:7">
       <x:c r="A594" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
-        <x:v>2170</x:v>
+        <x:v>2171</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
-        <x:v>2171</x:v>
+        <x:v>2172</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>2172</x:v>
+        <x:v>2173</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
-        <x:v>2173</x:v>
+        <x:v>2174</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:7">
       <x:c r="A595" s="0" t="s">
-        <x:v>2174</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>2175</x:v>
+        <x:v>2176</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
-        <x:v>2176</x:v>
+        <x:v>2177</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>2177</x:v>
+        <x:v>2178</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
-        <x:v>2178</x:v>
+        <x:v>2179</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:7">
       <x:c r="A596" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
-        <x:v>1411</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
-        <x:v>2179</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>2180</x:v>
+        <x:v>2181</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
-        <x:v>2181</x:v>
+        <x:v>2182</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:7">
       <x:c r="A597" s="0" t="s">
-        <x:v>1857</x:v>
+        <x:v>1858</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
-        <x:v>2182</x:v>
+        <x:v>2183</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
-        <x:v>2183</x:v>
+        <x:v>2184</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
-        <x:v>2184</x:v>
+        <x:v>2185</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:7">
       <x:c r="A598" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
-        <x:v>2185</x:v>
+        <x:v>2186</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
-        <x:v>2186</x:v>
+        <x:v>2187</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>2187</x:v>
+        <x:v>2188</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
-        <x:v>2188</x:v>
+        <x:v>2189</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:7">
       <x:c r="A599" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>1973</x:v>
+        <x:v>1974</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
-        <x:v>2189</x:v>
+        <x:v>2190</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
-        <x:v>2190</x:v>
+        <x:v>2191</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
-        <x:v>2191</x:v>
+        <x:v>2192</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:7">
       <x:c r="A600" s="0" t="s">
-        <x:v>2192</x:v>
+        <x:v>2193</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
-        <x:v>2193</x:v>
+        <x:v>2194</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
-        <x:v>2194</x:v>
+        <x:v>2195</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
-        <x:v>2195</x:v>
+        <x:v>2196</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
-        <x:v>2196</x:v>
+        <x:v>2197</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:7">
       <x:c r="A601" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
+        <x:v>2198</x:v>
+      </x:c>
+      <x:c r="C601" s="0" t="s">
+        <x:v>2199</x:v>
+      </x:c>
+      <x:c r="D601" s="0" t="s">
+        <x:v>2200</x:v>
+      </x:c>
+      <x:c r="E601" s="0" t="s">
         <x:v>2197</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2196</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:7">
       <x:c r="A602" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
-        <x:v>2200</x:v>
+        <x:v>2201</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
-        <x:v>2201</x:v>
+        <x:v>2202</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
-        <x:v>2202</x:v>
+        <x:v>2203</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:7">
       <x:c r="A603" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>2203</x:v>
+        <x:v>2204</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
-        <x:v>2204</x:v>
+        <x:v>2205</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
-        <x:v>2205</x:v>
+        <x:v>2206</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
-        <x:v>2206</x:v>
+        <x:v>2207</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:7">
       <x:c r="A604" s="0" t="s">
-        <x:v>2207</x:v>
+        <x:v>2208</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
-        <x:v>2208</x:v>
+        <x:v>2209</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
-        <x:v>2209</x:v>
+        <x:v>2210</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
-        <x:v>2210</x:v>
+        <x:v>2211</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
-        <x:v>2211</x:v>
+        <x:v>2212</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:7">
       <x:c r="A605" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>2212</x:v>
+        <x:v>2213</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
-        <x:v>2213</x:v>
+        <x:v>2214</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
-        <x:v>2214</x:v>
+        <x:v>2215</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
-        <x:v>2215</x:v>
+        <x:v>2216</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:7">
       <x:c r="A606" s="0" t="s">
-        <x:v>998</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
+        <x:v>2217</x:v>
+      </x:c>
+      <x:c r="C606" s="0" t="s">
+        <x:v>2218</x:v>
+      </x:c>
+      <x:c r="D606" s="0" t="s">
+        <x:v>2219</x:v>
+      </x:c>
+      <x:c r="E606" s="0" t="s">
         <x:v>2216</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2215</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:7">
       <x:c r="A607" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>2219</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
-        <x:v>2220</x:v>
+        <x:v>2221</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
-        <x:v>2221</x:v>
+        <x:v>2222</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
-        <x:v>2222</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:7">
       <x:c r="A608" s="0" t="s">
-        <x:v>998</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
-        <x:v>2223</x:v>
+        <x:v>2224</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
-        <x:v>2224</x:v>
+        <x:v>2225</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
-        <x:v>2225</x:v>
+        <x:v>2226</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
-        <x:v>2226</x:v>
+        <x:v>2227</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:7">
       <x:c r="A609" s="0" t="s">
-        <x:v>1332</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>2227</x:v>
+        <x:v>2228</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
-        <x:v>2228</x:v>
+        <x:v>2229</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
-        <x:v>2229</x:v>
+        <x:v>2230</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
-        <x:v>2230</x:v>
+        <x:v>2231</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:7">
       <x:c r="A610" s="0" t="s">
-        <x:v>2231</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
         <x:v>2232</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
         <x:v>2233</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
         <x:v>2234</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:7">
       <x:c r="A611" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>2235</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
         <x:v>2236</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
         <x:v>2237</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
         <x:v>2234</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:7">
       <x:c r="A612" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>2238</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
-        <x:v>2238</x:v>
+        <x:v>2239</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
-        <x:v>2239</x:v>
+        <x:v>2240</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
         <x:v>2234</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:7">
       <x:c r="A613" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>2240</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
-        <x:v>2241</x:v>
+        <x:v>2242</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
-        <x:v>2242</x:v>
+        <x:v>2243</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
         <x:v>2234</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:7">
       <x:c r="A614" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
-        <x:v>2243</x:v>
+        <x:v>2244</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
-        <x:v>2244</x:v>
+        <x:v>2245</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
-        <x:v>2245</x:v>
+        <x:v>2246</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:7">
       <x:c r="A615" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
+        <x:v>2247</x:v>
+      </x:c>
+      <x:c r="C615" s="0" t="s">
+        <x:v>2248</x:v>
+      </x:c>
+      <x:c r="D615" s="0" t="s">
+        <x:v>2249</x:v>
+      </x:c>
+      <x:c r="E615" s="0" t="s">
         <x:v>2246</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2245</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:7">
       <x:c r="A616" s="0" t="s">
-        <x:v>2249</x:v>
+        <x:v>2250</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
-        <x:v>2250</x:v>
+        <x:v>2251</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
-        <x:v>2251</x:v>
+        <x:v>2252</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
-        <x:v>2252</x:v>
+        <x:v>2253</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
-        <x:v>2253</x:v>
+        <x:v>2254</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:7">
       <x:c r="A617" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
-        <x:v>2254</x:v>
+        <x:v>2255</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
-        <x:v>2255</x:v>
+        <x:v>2256</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
-        <x:v>2256</x:v>
+        <x:v>2257</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:7">
       <x:c r="A618" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
-        <x:v>2257</x:v>
+        <x:v>2258</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
-        <x:v>2258</x:v>
+        <x:v>2259</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
-        <x:v>2259</x:v>
+        <x:v>2260</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
-        <x:v>2260</x:v>
+        <x:v>2261</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:7">
       <x:c r="A619" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
+        <x:v>2262</x:v>
+      </x:c>
+      <x:c r="C619" s="0" t="s">
+        <x:v>2263</x:v>
+      </x:c>
+      <x:c r="D619" s="0" t="s">
+        <x:v>2264</x:v>
+      </x:c>
+      <x:c r="E619" s="0" t="s">
         <x:v>2261</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2260</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:7">
       <x:c r="A620" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
-        <x:v>2264</x:v>
+        <x:v>2265</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
-        <x:v>2265</x:v>
+        <x:v>2266</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
-        <x:v>2266</x:v>
+        <x:v>2267</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
-        <x:v>2267</x:v>
+        <x:v>2268</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:7">
       <x:c r="A621" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>2268</x:v>
+        <x:v>2269</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
-        <x:v>2269</x:v>
+        <x:v>2270</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
-        <x:v>2270</x:v>
+        <x:v>2271</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
-        <x:v>2271</x:v>
+        <x:v>2272</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:7">
       <x:c r="A622" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>2273</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
-        <x:v>2272</x:v>
+        <x:v>2274</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
-        <x:v>2273</x:v>
+        <x:v>2275</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
-        <x:v>2274</x:v>
+        <x:v>2276</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:7">
       <x:c r="A623" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>2275</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
+        <x:v>2277</x:v>
+      </x:c>
+      <x:c r="D623" s="0" t="s">
+        <x:v>2278</x:v>
+      </x:c>
+      <x:c r="E623" s="0" t="s">
         <x:v>2276</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2274</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:7">
       <x:c r="A624" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
-        <x:v>2278</x:v>
+        <x:v>2279</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
-        <x:v>2279</x:v>
+        <x:v>2280</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
-        <x:v>2280</x:v>
+        <x:v>2281</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
-        <x:v>2281</x:v>
+        <x:v>2282</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:7">
       <x:c r="A625" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>2282</x:v>
+        <x:v>2283</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
-        <x:v>2283</x:v>
+        <x:v>2284</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
-        <x:v>2284</x:v>
+        <x:v>2285</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
-        <x:v>2285</x:v>
+        <x:v>2286</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:7">
       <x:c r="A626" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
+        <x:v>2287</x:v>
+      </x:c>
+      <x:c r="C626" s="0" t="s">
+        <x:v>2288</x:v>
+      </x:c>
+      <x:c r="D626" s="0" t="s">
+        <x:v>2289</x:v>
+      </x:c>
+      <x:c r="E626" s="0" t="s">
         <x:v>2286</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2285</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:7">
       <x:c r="A627" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>2289</x:v>
+        <x:v>2290</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
-        <x:v>2290</x:v>
+        <x:v>2291</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
-        <x:v>2291</x:v>
+        <x:v>2292</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
-        <x:v>2285</x:v>
+        <x:v>2286</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:7">
       <x:c r="A628" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
-        <x:v>2292</x:v>
+        <x:v>2293</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
-        <x:v>2293</x:v>
+        <x:v>2294</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
-        <x:v>2294</x:v>
+        <x:v>2295</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
-        <x:v>2285</x:v>
+        <x:v>2286</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:7">
       <x:c r="A629" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>2295</x:v>
+        <x:v>2296</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
-        <x:v>2296</x:v>
+        <x:v>2297</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
-        <x:v>2297</x:v>
+        <x:v>2298</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
-        <x:v>2285</x:v>
+        <x:v>2286</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:7">
       <x:c r="A630" s="0" t="s">
-        <x:v>1421</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
-        <x:v>2298</x:v>
+        <x:v>2299</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
-        <x:v>2299</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
-        <x:v>2300</x:v>
+        <x:v>2301</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
-        <x:v>2285</x:v>
+        <x:v>2286</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:7">
       <x:c r="A631" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
-        <x:v>2301</x:v>
+        <x:v>2302</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
-        <x:v>2302</x:v>
+        <x:v>2303</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
-        <x:v>2303</x:v>
+        <x:v>2304</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:7">
       <x:c r="A632" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
-        <x:v>2304</x:v>
+        <x:v>2305</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
-        <x:v>2305</x:v>
+        <x:v>2306</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
-        <x:v>2306</x:v>
+        <x:v>2307</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:7">
       <x:c r="A633" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
+        <x:v>2308</x:v>
+      </x:c>
+      <x:c r="D633" s="0" t="s">
+        <x:v>2309</x:v>
+      </x:c>
+      <x:c r="E633" s="0" t="s">
         <x:v>2307</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2306</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:7">
       <x:c r="A634" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
-        <x:v>2309</x:v>
+        <x:v>2310</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
-        <x:v>2310</x:v>
+        <x:v>2311</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
-        <x:v>2306</x:v>
+        <x:v>2307</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:7">
       <x:c r="A635" s="0" t="s">
-        <x:v>1705</x:v>
+        <x:v>1710</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>2311</x:v>
+        <x:v>2312</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
-        <x:v>2312</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
-        <x:v>2313</x:v>
+        <x:v>2314</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
-        <x:v>2314</x:v>
+        <x:v>2315</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:7">
       <x:c r="A636" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
-        <x:v>2203</x:v>
+        <x:v>2204</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
-        <x:v>2315</x:v>
+        <x:v>2316</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
-        <x:v>2316</x:v>
+        <x:v>2317</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
-        <x:v>2317</x:v>
+        <x:v>2318</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:7">
       <x:c r="A637" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>2318</x:v>
+        <x:v>2319</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
-        <x:v>2319</x:v>
+        <x:v>2320</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
-        <x:v>2320</x:v>
+        <x:v>2321</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
-        <x:v>2321</x:v>
+        <x:v>2322</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:7">
       <x:c r="A638" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
-        <x:v>1503</x:v>
+        <x:v>1970</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
-        <x:v>2322</x:v>
+        <x:v>2323</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
-        <x:v>2323</x:v>
+        <x:v>2324</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
-        <x:v>2324</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:7">
       <x:c r="A639" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>1969</x:v>
+        <x:v>2326</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
+        <x:v>2327</x:v>
+      </x:c>
+      <x:c r="D639" s="0" t="s">
+        <x:v>2328</x:v>
+      </x:c>
+      <x:c r="E639" s="0" t="s">
         <x:v>2325</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2324</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:7">
       <x:c r="A640" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
-        <x:v>2327</x:v>
+        <x:v>1500</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
-        <x:v>2328</x:v>
+        <x:v>2329</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
-        <x:v>2329</x:v>
+        <x:v>2330</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
-        <x:v>2324</x:v>
+        <x:v>2325</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:7">
       <x:c r="A641" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>2330</x:v>
+        <x:v>2331</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
-        <x:v>2331</x:v>
+        <x:v>2332</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
-        <x:v>2332</x:v>
+        <x:v>2333</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
-        <x:v>2333</x:v>
+        <x:v>2334</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:7">
       <x:c r="A642" s="0" t="s">
-        <x:v>2334</x:v>
+        <x:v>2335</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
-        <x:v>2335</x:v>
+        <x:v>2336</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
-        <x:v>2336</x:v>
+        <x:v>2337</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
-        <x:v>2337</x:v>
+        <x:v>2338</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
-        <x:v>2338</x:v>
+        <x:v>2339</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:7">
       <x:c r="A643" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>2339</x:v>
+        <x:v>2340</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
-        <x:v>2340</x:v>
+        <x:v>2341</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
-        <x:v>2341</x:v>
+        <x:v>2342</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
-        <x:v>2342</x:v>
+        <x:v>2343</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:7">
       <x:c r="A644" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
-        <x:v>2343</x:v>
+        <x:v>2344</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
-        <x:v>2344</x:v>
+        <x:v>2345</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
-        <x:v>2345</x:v>
+        <x:v>2346</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
-        <x:v>2346</x:v>
+        <x:v>2347</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:7">
       <x:c r="A645" s="0" t="s">
-        <x:v>2347</x:v>
+        <x:v>2348</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>2348</x:v>
+        <x:v>2349</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
-        <x:v>2349</x:v>
+        <x:v>2350</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
-        <x:v>2350</x:v>
+        <x:v>2351</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
-        <x:v>2351</x:v>
+        <x:v>2352</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:7">
       <x:c r="A646" s="0" t="s">
-        <x:v>2352</x:v>
+        <x:v>2353</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
-        <x:v>2353</x:v>
+        <x:v>2354</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
-        <x:v>2354</x:v>
+        <x:v>2355</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
-        <x:v>2355</x:v>
+        <x:v>2356</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
-        <x:v>2356</x:v>
+        <x:v>2357</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:7">
       <x:c r="A647" s="0" t="s">
-        <x:v>2357</x:v>
+        <x:v>2358</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
-        <x:v>2358</x:v>
+        <x:v>2359</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
-        <x:v>2359</x:v>
+        <x:v>2360</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
-        <x:v>2360</x:v>
+        <x:v>2361</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:7">
       <x:c r="A648" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
-        <x:v>2361</x:v>
+        <x:v>2362</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
-        <x:v>2362</x:v>
+        <x:v>2363</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
-        <x:v>2363</x:v>
+        <x:v>2364</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
-        <x:v>2364</x:v>
+        <x:v>2365</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:7">
       <x:c r="A649" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>2365</x:v>
+        <x:v>2366</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
-        <x:v>2366</x:v>
+        <x:v>2367</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
-        <x:v>2367</x:v>
+        <x:v>2368</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
-        <x:v>2368</x:v>
+        <x:v>2369</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:7">
       <x:c r="A650" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
-        <x:v>2369</x:v>
+        <x:v>2370</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
-        <x:v>2370</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
-        <x:v>2371</x:v>
+        <x:v>2372</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
-        <x:v>2372</x:v>
+        <x:v>2373</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:7">
       <x:c r="A651" s="0" t="s">
-        <x:v>2373</x:v>
+        <x:v>2374</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
-        <x:v>2374</x:v>
+        <x:v>2375</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
-        <x:v>2375</x:v>
+        <x:v>2376</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
-        <x:v>2376</x:v>
+        <x:v>2377</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:7">
       <x:c r="A652" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
-        <x:v>2377</x:v>
+        <x:v>2378</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
-        <x:v>2378</x:v>
+        <x:v>2379</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
-        <x:v>2379</x:v>
+        <x:v>2380</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
-        <x:v>2380</x:v>
+        <x:v>2381</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:7">
       <x:c r="A653" s="0" t="s">
-        <x:v>2381</x:v>
+        <x:v>2382</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
-        <x:v>2382</x:v>
+        <x:v>2383</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
-        <x:v>2383</x:v>
+        <x:v>2384</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
-        <x:v>2384</x:v>
+        <x:v>2385</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:7">
       <x:c r="A654" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
-        <x:v>2327</x:v>
+        <x:v>2326</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
-        <x:v>2385</x:v>
+        <x:v>2386</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
-        <x:v>2386</x:v>
+        <x:v>2387</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
-        <x:v>2387</x:v>
+        <x:v>2388</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:7">
       <x:c r="A655" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>2388</x:v>
+        <x:v>2389</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
-        <x:v>2389</x:v>
+        <x:v>2390</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
-        <x:v>2390</x:v>
+        <x:v>2391</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
-        <x:v>2391</x:v>
+        <x:v>2392</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:7">
       <x:c r="A656" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
+        <x:v>2393</x:v>
+      </x:c>
+      <x:c r="C656" s="0" t="s">
+        <x:v>2394</x:v>
+      </x:c>
+      <x:c r="D656" s="0" t="s">
+        <x:v>2395</x:v>
+      </x:c>
+      <x:c r="E656" s="0" t="s">
         <x:v>2392</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2391</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:7">
       <x:c r="A657" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>2395</x:v>
+        <x:v>2396</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
-        <x:v>2396</x:v>
+        <x:v>2397</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
-        <x:v>2397</x:v>
+        <x:v>2398</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
-        <x:v>2391</x:v>
+        <x:v>2392</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:7">
       <x:c r="A658" s="0" t="s">
-        <x:v>1786</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
-        <x:v>2398</x:v>
+        <x:v>2399</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
-        <x:v>2399</x:v>
+        <x:v>2400</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
-        <x:v>2400</x:v>
+        <x:v>2401</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
-        <x:v>2391</x:v>
+        <x:v>2392</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:7">
       <x:c r="A659" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>2402</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
-        <x:v>2401</x:v>
+        <x:v>2403</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
-        <x:v>2402</x:v>
+        <x:v>2404</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
-        <x:v>2403</x:v>
+        <x:v>2405</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
-        <x:v>2391</x:v>
+        <x:v>2392</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:7">
       <x:c r="A660" s="0" t="s">
-        <x:v>2404</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
-        <x:v>2405</x:v>
+        <x:v>2406</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
-        <x:v>2406</x:v>
+        <x:v>2407</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
-        <x:v>2407</x:v>
+        <x:v>2408</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
-        <x:v>2391</x:v>
+        <x:v>2392</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:7">
       <x:c r="A661" s="0" t="s">
-        <x:v>2408</x:v>
+        <x:v>2409</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>2409</x:v>
+        <x:v>2410</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
-        <x:v>2410</x:v>
+        <x:v>2411</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
-        <x:v>2411</x:v>
+        <x:v>2412</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
-        <x:v>2412</x:v>
+        <x:v>2413</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:7">
       <x:c r="A662" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
-        <x:v>2413</x:v>
+        <x:v>2414</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
-        <x:v>2414</x:v>
+        <x:v>2415</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
-        <x:v>2415</x:v>
+        <x:v>2416</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
-        <x:v>2416</x:v>
+        <x:v>2417</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:7">
       <x:c r="A663" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>1787</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
-        <x:v>2417</x:v>
+        <x:v>2418</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
-        <x:v>2418</x:v>
+        <x:v>2419</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
-        <x:v>2419</x:v>
+        <x:v>2420</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:7">
       <x:c r="A664" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
+        <x:v>2421</x:v>
+      </x:c>
+      <x:c r="C664" s="0" t="s">
+        <x:v>2422</x:v>
+      </x:c>
+      <x:c r="D664" s="0" t="s">
+        <x:v>2423</x:v>
+      </x:c>
+      <x:c r="E664" s="0" t="s">
         <x:v>2420</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2419</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:7">
       <x:c r="A665" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
-        <x:v>2423</x:v>
+        <x:v>2424</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
-        <x:v>2424</x:v>
+        <x:v>2425</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
-        <x:v>2425</x:v>
+        <x:v>2426</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
-        <x:v>2426</x:v>
+        <x:v>2427</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:7">
       <x:c r="A666" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
-        <x:v>2427</x:v>
+        <x:v>2428</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
-        <x:v>2428</x:v>
+        <x:v>2429</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
-        <x:v>2429</x:v>
+        <x:v>2430</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
-        <x:v>2430</x:v>
+        <x:v>2431</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:7">
       <x:c r="A667" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>2431</x:v>
+        <x:v>2432</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
-        <x:v>2432</x:v>
+        <x:v>2433</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
-        <x:v>2433</x:v>
+        <x:v>2434</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
-        <x:v>2434</x:v>
+        <x:v>2435</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:7">
       <x:c r="A668" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
+        <x:v>2436</x:v>
+      </x:c>
+      <x:c r="C668" s="0" t="s">
+        <x:v>2437</x:v>
+      </x:c>
+      <x:c r="D668" s="0" t="s">
+        <x:v>2438</x:v>
+      </x:c>
+      <x:c r="E668" s="0" t="s">
         <x:v>2435</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2434</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:7">
       <x:c r="A669" s="0" t="s">
-        <x:v>2438</x:v>
+        <x:v>2439</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>2439</x:v>
+        <x:v>2440</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
-        <x:v>2440</x:v>
+        <x:v>2441</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
-        <x:v>2441</x:v>
+        <x:v>2442</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
-        <x:v>2442</x:v>
+        <x:v>2443</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:7">
       <x:c r="A670" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
-        <x:v>2443</x:v>
+        <x:v>2444</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
-        <x:v>2444</x:v>
+        <x:v>2445</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
-        <x:v>2445</x:v>
+        <x:v>2446</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
-        <x:v>2446</x:v>
+        <x:v>2447</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:7">
       <x:c r="A671" s="0" t="s">
-        <x:v>2447</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>1548</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
         <x:v>2448</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
         <x:v>2449</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>2450</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:7">
       <x:c r="A672" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>2451</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
-        <x:v>1543</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
-        <x:v>2451</x:v>
+        <x:v>2452</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
-        <x:v>2452</x:v>
+        <x:v>2453</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>2450</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:7">
       <x:c r="A673" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
-        <x:v>2453</x:v>
+        <x:v>2454</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
-        <x:v>2454</x:v>
+        <x:v>2455</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
-        <x:v>2455</x:v>
+        <x:v>2456</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:7">
       <x:c r="A674" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
-        <x:v>2456</x:v>
+        <x:v>2457</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
-        <x:v>2457</x:v>
+        <x:v>2458</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
-        <x:v>2458</x:v>
+        <x:v>2459</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
-        <x:v>2459</x:v>
+        <x:v>2460</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:7">
       <x:c r="A675" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>2049</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>2460</x:v>
+        <x:v>2461</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
-        <x:v>2461</x:v>
+        <x:v>2462</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
-        <x:v>2462</x:v>
+        <x:v>2463</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
-        <x:v>2463</x:v>
+        <x:v>2464</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:7">
       <x:c r="A676" s="0" t="s">
-        <x:v>2048</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
+        <x:v>2465</x:v>
+      </x:c>
+      <x:c r="C676" s="0" t="s">
+        <x:v>2466</x:v>
+      </x:c>
+      <x:c r="D676" s="0" t="s">
+        <x:v>2467</x:v>
+      </x:c>
+      <x:c r="E676" s="0" t="s">
         <x:v>2464</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2463</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:7">
       <x:c r="A677" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>2467</x:v>
+        <x:v>2468</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
-        <x:v>2468</x:v>
+        <x:v>2469</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
-        <x:v>2469</x:v>
+        <x:v>2470</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
-        <x:v>2470</x:v>
+        <x:v>2471</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:7">
       <x:c r="A678" s="0" t="s">
-        <x:v>1922</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
-        <x:v>2471</x:v>
+        <x:v>2472</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
-        <x:v>2472</x:v>
+        <x:v>2473</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
-        <x:v>2473</x:v>
+        <x:v>2474</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
-        <x:v>2474</x:v>
+        <x:v>2475</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:7">
       <x:c r="A679" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>2339</x:v>
+        <x:v>2340</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
-        <x:v>2475</x:v>
+        <x:v>2476</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
-        <x:v>2476</x:v>
+        <x:v>2477</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
-        <x:v>2477</x:v>
+        <x:v>2478</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:7">
       <x:c r="A680" s="0" t="s">
-        <x:v>2478</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="C680" s="0" t="s">
         <x:v>2479</x:v>
       </x:c>
-      <x:c r="C680" s="0" t="s">
+      <x:c r="D680" s="0" t="s">
         <x:v>2480</x:v>
       </x:c>
-      <x:c r="D680" s="0" t="s">
+      <x:c r="E680" s="0" t="s">
         <x:v>2481</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2482</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:7">
       <x:c r="A681" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>2482</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>891</x:v>
+        <x:v>2483</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
-        <x:v>2483</x:v>
+        <x:v>2484</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
-        <x:v>2484</x:v>
+        <x:v>2485</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
-        <x:v>2482</x:v>
+        <x:v>2481</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:7">
       <x:c r="A682" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
-        <x:v>2485</x:v>
+        <x:v>2486</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
-        <x:v>2486</x:v>
+        <x:v>2487</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
-        <x:v>2487</x:v>
+        <x:v>2488</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
-        <x:v>2482</x:v>
+        <x:v>2481</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:7">
       <x:c r="A683" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
-        <x:v>2488</x:v>
+        <x:v>2489</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
-        <x:v>2489</x:v>
+        <x:v>2490</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
-        <x:v>2482</x:v>
+        <x:v>2481</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:7">
       <x:c r="A684" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
-        <x:v>2490</x:v>
+        <x:v>2491</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
-        <x:v>2491</x:v>
+        <x:v>2492</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
-        <x:v>2492</x:v>
+        <x:v>2493</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
-        <x:v>2493</x:v>
+        <x:v>2494</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:7">
       <x:c r="A685" s="0" t="s">
-        <x:v>2494</x:v>
+        <x:v>2495</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>2495</x:v>
+        <x:v>2496</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
-        <x:v>2496</x:v>
+        <x:v>2497</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
-        <x:v>2497</x:v>
+        <x:v>2498</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
-        <x:v>2498</x:v>
+        <x:v>2499</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:7">
       <x:c r="A686" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
+        <x:v>2500</x:v>
+      </x:c>
+      <x:c r="C686" s="0" t="s">
+        <x:v>2501</x:v>
+      </x:c>
+      <x:c r="D686" s="0" t="s">
+        <x:v>2502</x:v>
+      </x:c>
+      <x:c r="E686" s="0" t="s">
         <x:v>2499</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2498</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:7">
       <x:c r="A687" s="0" t="s">
-        <x:v>2502</x:v>
+        <x:v>2503</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>2503</x:v>
+        <x:v>2504</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
-        <x:v>2504</x:v>
+        <x:v>2505</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
-        <x:v>2505</x:v>
+        <x:v>2506</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
-        <x:v>2506</x:v>
+        <x:v>2507</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:7">
       <x:c r="A688" s="0" t="s">
-        <x:v>998</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
-        <x:v>2507</x:v>
+        <x:v>2508</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
-        <x:v>2508</x:v>
+        <x:v>2509</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
-        <x:v>2509</x:v>
+        <x:v>2510</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
-        <x:v>2510</x:v>
+        <x:v>2511</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:7">
       <x:c r="A689" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>2511</x:v>
+        <x:v>2512</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
-        <x:v>2512</x:v>
+        <x:v>2513</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
-        <x:v>2513</x:v>
+        <x:v>2514</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
-        <x:v>2514</x:v>
+        <x:v>2515</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:7">
       <x:c r="A690" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
-        <x:v>2515</x:v>
+        <x:v>2516</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
-        <x:v>2516</x:v>
+        <x:v>2517</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
-        <x:v>2517</x:v>
+        <x:v>2518</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
-        <x:v>2518</x:v>
+        <x:v>2519</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:7">
       <x:c r="A691" s="0" t="s">
-        <x:v>1786</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>2519</x:v>
+        <x:v>2520</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
-        <x:v>2520</x:v>
+        <x:v>2521</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
-        <x:v>2521</x:v>
+        <x:v>2522</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
-        <x:v>2522</x:v>
+        <x:v>2523</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:7">
       <x:c r="A692" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
+        <x:v>2524</x:v>
+      </x:c>
+      <x:c r="C692" s="0" t="s">
+        <x:v>2525</x:v>
+      </x:c>
+      <x:c r="D692" s="0" t="s">
+        <x:v>2526</x:v>
+      </x:c>
+      <x:c r="E692" s="0" t="s">
         <x:v>2523</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2522</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:7">
       <x:c r="A693" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>2526</x:v>
+        <x:v>2527</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
-        <x:v>2527</x:v>
+        <x:v>2528</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
-        <x:v>2528</x:v>
+        <x:v>2529</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
-        <x:v>2529</x:v>
+        <x:v>2530</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:7">
       <x:c r="A694" s="0" t="s">
-        <x:v>1165</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
-        <x:v>2530</x:v>
+        <x:v>2531</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
-        <x:v>2531</x:v>
+        <x:v>2532</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
-        <x:v>2532</x:v>
+        <x:v>2533</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:7">
       <x:c r="A695" s="0" t="s">
-        <x:v>2533</x:v>
+        <x:v>2534</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
-        <x:v>2534</x:v>
+        <x:v>2535</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
-        <x:v>2535</x:v>
+        <x:v>2536</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
+        <x:v>2537</x:v>
+      </x:c>
+      <x:c r="F695" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G695" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="696" spans="1:7">
+      <x:c r="A696" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B696" s="0" t="s">
+        <x:v>2538</x:v>
+      </x:c>
+      <x:c r="C696" s="0" t="s">
+        <x:v>2539</x:v>
+      </x:c>
+      <x:c r="D696" s="0" t="s">
+        <x:v>2540</x:v>
+      </x:c>
+      <x:c r="E696" s="0" t="s">
+        <x:v>2541</x:v>
+      </x:c>
+      <x:c r="F696" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G696" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="697" spans="1:7">
+      <x:c r="A697" s="0" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="B697" s="0" t="s">
+        <x:v>2542</x:v>
+      </x:c>
+      <x:c r="C697" s="0" t="s">
+        <x:v>2543</x:v>
+      </x:c>
+      <x:c r="D697" s="0" t="s">
+        <x:v>2544</x:v>
+      </x:c>
+      <x:c r="E697" s="0" t="s">
+        <x:v>2541</x:v>
+      </x:c>
+      <x:c r="F697" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G697" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="698" spans="1:7">
+      <x:c r="A698" s="0" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="B698" s="0" t="s">
+        <x:v>2545</x:v>
+      </x:c>
+      <x:c r="C698" s="0" t="s">
+        <x:v>2546</x:v>
+      </x:c>
+      <x:c r="D698" s="0" t="s">
         <x:v>2536</x:v>
       </x:c>
-      <x:c r="F695" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="G695" s="0" t="s">
+      <x:c r="E698" s="0" t="s">
+        <x:v>2541</x:v>
+      </x:c>
+      <x:c r="F698" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G698" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="699" spans="1:7">
+      <x:c r="A699" s="0" t="s">
+        <x:v>1416</x:v>
+      </x:c>
+      <x:c r="B699" s="0" t="s">
+        <x:v>2547</x:v>
+      </x:c>
+      <x:c r="C699" s="0" t="s">
+        <x:v>2548</x:v>
+      </x:c>
+      <x:c r="D699" s="0" t="s">
+        <x:v>2549</x:v>
+      </x:c>
+      <x:c r="E699" s="0" t="s">
+        <x:v>2550</x:v>
+      </x:c>
+      <x:c r="F699" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G699" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="700" spans="1:7">
+      <x:c r="A700" s="0" t="s">
+        <x:v>2551</x:v>
+      </x:c>
+      <x:c r="B700" s="0" t="s">
+        <x:v>2552</x:v>
+      </x:c>
+      <x:c r="C700" s="0" t="s">
+        <x:v>2553</x:v>
+      </x:c>
+      <x:c r="D700" s="0" t="s">
+        <x:v>2554</x:v>
+      </x:c>
+      <x:c r="E700" s="0" t="s">
+        <x:v>2555</x:v>
+      </x:c>
+      <x:c r="F700" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G700" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="701" spans="1:7">
+      <x:c r="A701" s="0" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="B701" s="0" t="s">
+        <x:v>2556</x:v>
+      </x:c>
+      <x:c r="C701" s="0" t="s">
+        <x:v>2557</x:v>
+      </x:c>
+      <x:c r="D701" s="0" t="s">
+        <x:v>2558</x:v>
+      </x:c>
+      <x:c r="E701" s="0" t="s">
+        <x:v>2559</x:v>
+      </x:c>
+      <x:c r="F701" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G701" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="702" spans="1:7">
+      <x:c r="A702" s="0" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="B702" s="0" t="s">
+        <x:v>2560</x:v>
+      </x:c>
+      <x:c r="C702" s="0" t="s">
+        <x:v>2561</x:v>
+      </x:c>
+      <x:c r="D702" s="0" t="s">
+        <x:v>2562</x:v>
+      </x:c>
+      <x:c r="E702" s="0" t="s">
+        <x:v>2563</x:v>
+      </x:c>
+      <x:c r="F702" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G702" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="703" spans="1:7">
+      <x:c r="A703" s="0" t="s">
+        <x:v>1203</x:v>
+      </x:c>
+      <x:c r="B703" s="0" t="s">
+        <x:v>2564</x:v>
+      </x:c>
+      <x:c r="C703" s="0" t="s">
+        <x:v>2565</x:v>
+      </x:c>
+      <x:c r="D703" s="0" t="s">
+        <x:v>2566</x:v>
+      </x:c>
+      <x:c r="E703" s="0" t="s">
+        <x:v>2567</x:v>
+      </x:c>
+      <x:c r="F703" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G703" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Medici Veterinari</vt:lpstr>
       <vt:lpstr>Medici Veterinari!Print_Area</vt:lpstr>
       <vt:lpstr>Medici Veterinari!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>