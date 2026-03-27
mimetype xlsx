--- v1 (2026-01-26)
+++ v2 (2026-03-27)
@@ -1,170 +1,170 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9ac6739dbbf4a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3a306decfd9f4c00bd79aa4f7862748e.psmdcp" Id="R591488fd6a1e4525" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66c1b022127045e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d381babc7c84acc9a9c90ba1c79e60e.psmdcp" Id="R77bc48d8243b4421" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Medici Veterinari" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Nume</x:t>
   </x:si>
   <x:si>
     <x:t>Prenume</x:t>
   </x:si>
   <x:si>
     <x:t>Cod Veterinar</x:t>
   </x:si>
   <x:si>
     <x:t>Nr. Diplomă</x:t>
   </x:si>
   <x:si>
     <x:t>Data Înregistrării</x:t>
   </x:si>
   <x:si>
     <x:t>Status</x:t>
   </x:si>
   <x:si>
     <x:t>Sancțiuni</x:t>
   </x:si>
   <x:si>
+    <x:t>Antonina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUMITRIU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000025677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01.12.2021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Activ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nu</x:t>
+  </x:si>
+  <x:si>
     <x:t>Nicolae</x:t>
   </x:si>
   <x:si>
     <x:t>NAFORNIȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 002</x:t>
   </x:si>
   <x:si>
     <x:t>AL 009673</x:t>
   </x:si>
   <x:si>
-    <x:t>01.12.2021</x:t>
-[...5 lines deleted...]
-    <x:t>Nu</x:t>
+    <x:t>CIAVDAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 009707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mihail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOROZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000003118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oleg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHIHAI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 004177</x:t>
   </x:si>
   <x:si>
     <x:t>Valeriu</x:t>
   </x:si>
   <x:si>
     <x:t>COCIU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 004</x:t>
   </x:si>
   <x:si>
     <x:t>В-И 048502</x:t>
   </x:si>
   <x:si>
-    <x:t>Oleg</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Artiom</x:t>
   </x:si>
   <x:si>
     <x:t>ȘEVCENCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 006</x:t>
   </x:si>
   <x:si>
     <x:t>Y 0085493</x:t>
   </x:si>
   <x:si>
-    <x:t>CIAVDAR</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Irina</x:t>
   </x:si>
   <x:si>
     <x:t>COVALENCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 008</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002267</x:t>
   </x:si>
   <x:si>
     <x:t>13.12.2021</x:t>
   </x:si>
   <x:si>
     <x:t>Vadim</x:t>
   </x:si>
   <x:si>
     <x:t>VOLOBUEV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 009</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002279</x:t>
@@ -322,74 +322,74 @@
   <x:si>
     <x:t>CMV 020</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000312</x:t>
   </x:si>
   <x:si>
     <x:t>08.02.2022</x:t>
   </x:si>
   <x:si>
     <x:t>LAZĂR</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 021</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002259</x:t>
   </x:si>
   <x:si>
     <x:t>09.02.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Da</x:t>
   </x:si>
   <x:si>
+    <x:t>Alexandru</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUSTEAȚĂ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000003119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.02.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>LUNGU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 023</x:t>
   </x:si>
   <x:si>
     <x:t>ИВ 960285</x:t>
   </x:si>
   <x:si>
-    <x:t>11.02.2022</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Radion</x:t>
   </x:si>
   <x:si>
     <x:t>POPOVSCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 025</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003126</x:t>
   </x:si>
   <x:si>
     <x:t>14.02.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Ana</x:t>
   </x:si>
   <x:si>
     <x:t>ZLOTEA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 026</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002202</x:t>
@@ -553,305 +553,305 @@
   <x:si>
     <x:t>Eduard</x:t>
   </x:si>
   <x:si>
     <x:t>POSTOLACHE</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 039</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000005038</x:t>
   </x:si>
   <x:si>
     <x:t>Tatiana</x:t>
   </x:si>
   <x:si>
     <x:t>TUREA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 040</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000007145</x:t>
   </x:si>
   <x:si>
+    <x:t>DEVDER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0015947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.02.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>Vasile</x:t>
   </x:si>
   <x:si>
     <x:t>TAȘCĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 043</x:t>
   </x:si>
   <x:si>
     <x:t>E 012844</x:t>
   </x:si>
   <x:si>
-    <x:t>28.02.2022</x:t>
+    <x:t>Valeria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRIJANOVSCHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CADA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0099489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C 0022378</x:t>
   </x:si>
   <x:si>
     <x:t>Eugeniu</x:t>
   </x:si>
   <x:si>
     <x:t>BESCHIER</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 044</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000286</x:t>
   </x:si>
   <x:si>
-    <x:t>DEVDER</x:t>
-[...32 lines deleted...]
-    <x:t>AL 0099489</x:t>
+    <x:t>MILEȘCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000010861</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01.03.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eugenia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VECHIU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOROHORINA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000012904</x:t>
   </x:si>
   <x:si>
     <x:t>GONȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 048</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000187</x:t>
   </x:si>
   <x:si>
-    <x:t>01.03.2022</x:t>
+    <x:t>CMV 047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0099527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gherman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CERNEI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000003100</x:t>
   </x:si>
   <x:si>
     <x:t>Natalia</x:t>
   </x:si>
   <x:si>
     <x:t>ROTARU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 049</x:t>
   </x:si>
   <x:si>
     <x:t>E 012857</x:t>
   </x:si>
   <x:si>
+    <x:t>STARCIUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Б-I 048599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANDONI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>URSACHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lilia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZASTAVEȚCHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEGODARI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>В-И 516664</x:t>
+  </x:si>
+  <x:si>
     <x:t>Vladimir</x:t>
   </x:si>
   <x:si>
     <x:t>COTOMAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 058</x:t>
   </x:si>
   <x:si>
     <x:t>AL 000404</x:t>
   </x:si>
   <x:si>
-    <x:t>MILEȘCO</x:t>
-[...94 lines deleted...]
-  <x:si>
     <x:t>Sergiu</x:t>
   </x:si>
   <x:si>
     <x:t>DIDORUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 062</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0082116</x:t>
   </x:si>
   <x:si>
     <x:t>04.03.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Victor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLIMARU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПВ 620889</x:t>
+  </x:si>
+  <x:si>
     <x:t>FILIPPOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 063</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000186</x:t>
   </x:si>
   <x:si>
-    <x:t>Victor</x:t>
-[...8 lines deleted...]
-    <x:t>ПВ 620889</x:t>
+    <x:t>PRISECHIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000011325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07.03.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Rita</x:t>
   </x:si>
   <x:si>
     <x:t>GOLBAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 065</x:t>
   </x:si>
   <x:si>
     <x:t>Б-I 048620</x:t>
   </x:si>
   <x:si>
-    <x:t>07.03.2022</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Dorina</x:t>
   </x:si>
   <x:si>
     <x:t>BUZAIJI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 066</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002157</x:t>
   </x:si>
   <x:si>
     <x:t>10.03.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Diana</x:t>
   </x:si>
   <x:si>
     <x:t>ZAICICO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 067</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000208</x:t>
@@ -862,1193 +862,1193 @@
   <x:si>
     <x:t>GURDIȘ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 068</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000025723</x:t>
   </x:si>
   <x:si>
     <x:t>15.03.2022</x:t>
   </x:si>
   <x:si>
     <x:t>BALOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 069</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0015955</x:t>
   </x:si>
   <x:si>
     <x:t>16.03.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Leonid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IVANSCHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИВ 956780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.03.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SILIVESTRU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eugen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARTAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 009668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anastasia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LIBERANSCAIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000019902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRODAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛВ 264190</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICOLAU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 081</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003121</x:t>
   </x:si>
   <x:si>
-    <x:t>17.03.2022</x:t>
+    <x:t>Feodora</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEZNIUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДI-366542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИВ 766743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BARTIUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Serghei</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IALAMOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛЕ 012000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ghenadie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUPAȘCU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 000460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOLGANSCHII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Л-Д 012808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grigore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIVOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AI 996129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fiodor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEBAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 004977</x:t>
   </x:si>
   <x:si>
     <x:t>Alina</x:t>
   </x:si>
   <x:si>
     <x:t>RENIȚĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 355</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002244</x:t>
   </x:si>
   <x:si>
-    <x:t>Eugen</x:t>
-[...140 lines deleted...]
-    <x:t>Л-Д 012808</x:t>
+    <x:t>Nina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUCERSCHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Э 404585</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.03.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPIRIDONOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0032747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Galina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPIRIDONOVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Э 863572</x:t>
   </x:si>
   <x:si>
     <x:t>Radu</x:t>
   </x:si>
   <x:si>
     <x:t>CARAMAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 086</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0099490</x:t>
   </x:si>
   <x:si>
-    <x:t>21.03.2022</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Nadejda</x:t>
   </x:si>
   <x:si>
     <x:t>UTCHINA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 090</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0038614</x:t>
   </x:si>
   <x:si>
     <x:t>22.03.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Iuri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PANARIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 091</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ШВ 752057</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.03.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POPOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 093</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДИ 197794</x:t>
+  </x:si>
+  <x:si>
     <x:t>BAICEVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 092</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0038619</x:t>
   </x:si>
   <x:si>
-    <x:t>23.03.2022</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CMV 094</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0099512</x:t>
   </x:si>
   <x:si>
-    <x:t>Iuri</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>NAMOLOVAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 097</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000009122</x:t>
   </x:si>
   <x:si>
     <x:t>24.03.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Natela</x:t>
   </x:si>
   <x:si>
     <x:t>BADOEVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 096</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0105261</x:t>
   </x:si>
   <x:si>
+    <x:t>Viorica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УВ-I 148767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.03.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIACENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000010853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAREȚCHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0055104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MÎNDRU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000009119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vasili</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CERNOBROV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000003101</x:t>
+  </x:si>
+  <x:si>
     <x:t>Dmitrii</x:t>
   </x:si>
   <x:si>
     <x:t>MAȚENCU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 100</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000005032</x:t>
   </x:si>
   <x:si>
-    <x:t>25.03.2022</x:t>
-[...47 lines deleted...]
-    <x:t>AMC 000009119</x:t>
+    <x:t>Ruslan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTOCI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0055081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.03.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurelia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BABENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УВ 148987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARȚEFLEAK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 010316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GANGAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТВ 329492</x:t>
   </x:si>
   <x:si>
     <x:t>Olga</x:t>
   </x:si>
   <x:si>
     <x:t>EJOVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 107</x:t>
   </x:si>
   <x:si>
     <x:t>AL 000452</x:t>
   </x:si>
   <x:si>
-    <x:t>28.03.2022</x:t>
-[...23 lines deleted...]
-    <x:t>E 010316</x:t>
+    <x:t>CROITOR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 004180</x:t>
   </x:si>
   <x:si>
     <x:t>Liliana</x:t>
   </x:si>
   <x:si>
     <x:t>PORCESCU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 106</x:t>
   </x:si>
   <x:si>
     <x:t>ЦВ 234777</x:t>
   </x:si>
   <x:si>
-    <x:t>GANGAL</x:t>
-[...26 lines deleted...]
-    <x:t>AL 004180</x:t>
+    <x:t>Svetlana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAZACU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПВ 620973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.03.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liudmila</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TERTEAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 112</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МП НХ 014027</x:t>
   </x:si>
   <x:si>
     <x:t>BOCLINCA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 111</x:t>
   </x:si>
   <x:si>
     <x:t>ИВ 955339</x:t>
   </x:si>
   <x:si>
-    <x:t>29.03.2022</x:t>
-[...23 lines deleted...]
-    <x:t>МП НХ 014027</x:t>
+    <x:t>TCACENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 010189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.03.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARCENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КВ 583122</x:t>
   </x:si>
   <x:si>
     <x:t>Taisia</x:t>
   </x:si>
   <x:si>
     <x:t>CIOBANU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 114</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0061816</x:t>
   </x:si>
   <x:si>
-    <x:t>31.03.2022</x:t>
-[...17 lines deleted...]
-    <x:t>E 010189</x:t>
+    <x:t>Nicu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BERZOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01.04.2022</x:t>
   </x:si>
   <x:si>
     <x:t>SÎRBU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 118</x:t>
   </x:si>
   <x:si>
     <x:t>КВ 591874</x:t>
   </x:si>
   <x:si>
-    <x:t>01.04.2022</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Dumitru</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 119</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000330</x:t>
   </x:si>
   <x:si>
     <x:t>03.04.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Tudor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HARȘTEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0134537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05.04.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>MEREUȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 120</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0033533</x:t>
   </x:si>
   <x:si>
-    <x:t>05.04.2022</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Dorin</x:t>
   </x:si>
   <x:si>
     <x:t>MORARU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 122</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000005033</x:t>
   </x:si>
   <x:si>
     <x:t>08.04.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Petru</x:t>
   </x:si>
   <x:si>
     <x:t>GÎDILICA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 123</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002254</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 570</x:t>
   </x:si>
   <x:si>
     <x:t>A-I 996987</x:t>
   </x:si>
   <x:si>
     <x:t>10.04.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Anatolii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ȘTIRBU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000009130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.04.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOLOȘENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 004217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHIOSA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПВ 620862-</x:t>
+  </x:si>
+  <x:si>
     <x:t>GAINA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 124</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 620952</x:t>
   </x:si>
   <x:si>
-    <x:t>11.04.2022</x:t>
-[...29 lines deleted...]
-    <x:t>AL 004217</x:t>
+    <x:t>EREMCIUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИВ 956798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.04.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anatolie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SADOVSCHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЖВ 623794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRANCALAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 010118</x:t>
   </x:si>
   <x:si>
     <x:t>PETREAȘIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 130</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000025760</x:t>
   </x:si>
   <x:si>
-    <x:t>14.04.2022</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>BEȚIVU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 133</x:t>
   </x:si>
   <x:si>
     <x:t>E 004938</x:t>
   </x:si>
   <x:si>
-    <x:t>TRANCALAN</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Alexandr</x:t>
   </x:si>
   <x:si>
     <x:t>RUSSU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 134</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000198</x:t>
   </x:si>
   <x:si>
     <x:t>15.04.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Vitalie</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 139</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0056720</x:t>
   </x:si>
   <x:si>
     <x:t>18.04.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>ROTARI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000009126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Elizaveta</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SERGHEEVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002273</x:t>
+  </x:si>
+  <x:si>
     <x:t>STIHARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 136</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0038628</x:t>
   </x:si>
   <x:si>
-    <x:t>Elizaveta</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>GORCEAC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 138</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0070075</x:t>
   </x:si>
   <x:si>
     <x:t>Olesea</x:t>
   </x:si>
   <x:si>
     <x:t>LEANCA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 135</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002272</x:t>
   </x:si>
   <x:si>
     <x:t>VARARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 141</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0033708</x:t>
   </x:si>
   <x:si>
     <x:t>21.04.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Angela</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VASLUIAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 000407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.04.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>Valentina</x:t>
   </x:si>
   <x:si>
     <x:t>LOZAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 142</x:t>
   </x:si>
   <x:si>
     <x:t>ЭВ 873268</x:t>
   </x:si>
   <x:si>
-    <x:t>27.04.2022</x:t>
+    <x:t>Pavel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRONAȘ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0099545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOMIȚA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B-I 524702</x:t>
   </x:si>
   <x:si>
     <x:t>ȘECHIR</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 144</x:t>
   </x:si>
   <x:si>
     <x:t>PB 797759</x:t>
   </x:si>
   <x:si>
-    <x:t>Pavel</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>BARBU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 147</x:t>
   </x:si>
   <x:si>
     <x:t>УВ 919793</x:t>
   </x:si>
   <x:si>
     <x:t>28.04.2022</x:t>
   </x:si>
   <x:si>
     <x:t>POPA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 149</x:t>
   </x:si>
   <x:si>
     <x:t>AL 007230</x:t>
   </x:si>
   <x:si>
     <x:t>29.04.2022</x:t>
   </x:si>
   <x:si>
     <x:t>RÎBUȘCHIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 151</x:t>
   </x:si>
   <x:si>
     <x:t>AL 009679</x:t>
   </x:si>
   <x:si>
     <x:t>04.05.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>CLIMOVICI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Щ 099419</x:t>
+  </x:si>
+  <x:si>
     <x:t>Caren</x:t>
   </x:si>
   <x:si>
     <x:t>DOLGOPOLOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 150</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002269</x:t>
   </x:si>
   <x:si>
-    <x:t>CLIMOVICI</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>URZICĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 153</x:t>
   </x:si>
   <x:si>
     <x:t>E 010108</x:t>
   </x:si>
   <x:si>
     <x:t>05.05.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>BÎRLADEAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УВ-I 148785</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06.05.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TROCIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0134531</x:t>
+  </x:si>
+  <x:si>
     <x:t>STAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 156</x:t>
   </x:si>
   <x:si>
     <x:t>AL 007247</x:t>
   </x:si>
   <x:si>
-    <x:t>06.05.2022</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Daria</x:t>
   </x:si>
   <x:si>
     <x:t>CARAIDALÎ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 157</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000007152</x:t>
   </x:si>
   <x:si>
     <x:t>10.05.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>FOTESCU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0015956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.05.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LISNIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 009693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alexand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LISÎI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000025754</x:t>
+  </x:si>
+  <x:si>
     <x:t>CRUDU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 159</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002252</x:t>
   </x:si>
   <x:si>
-    <x:t>11.05.2022</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>JEVERDAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 161</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0137733</x:t>
   </x:si>
   <x:si>
-    <x:t>LISNIC</x:t>
-[...5 lines deleted...]
-    <x:t>AL 009693</x:t>
+    <x:t>BRAGHIȘ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0038580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.05.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PASECINIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIERU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000025711</x:t>
   </x:si>
   <x:si>
     <x:t>DJUGOSTRAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 164</x:t>
   </x:si>
   <x:si>
     <x:t>Я 649580</x:t>
   </x:si>
   <x:si>
-    <x:t>12.05.2022</x:t>
-[...26 lines deleted...]
-    <x:t>AL 0038580</x:t>
+    <x:t>CMV 171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.05.2022</x:t>
   </x:si>
   <x:si>
     <x:t>ȚVENTARNAIA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 172</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000054</x:t>
   </x:si>
   <x:si>
-    <x:t>13.05.2022</x:t>
-[...5 lines deleted...]
-    <x:t>LMI 000000047</x:t>
+    <x:t>VOINIȚCHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 005509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GROSSU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0099539</x:t>
   </x:si>
   <x:si>
     <x:t>Spiridon</x:t>
   </x:si>
   <x:si>
     <x:t>NICHITA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 169</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000042</x:t>
   </x:si>
   <x:si>
-    <x:t>VOINIȚCHI</x:t>
-[...14 lines deleted...]
-    <x:t>AL 0099539</x:t>
+    <x:t>Ivan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 175</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000009125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.05.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maxim</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BEJAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000028</x:t>
   </x:si>
   <x:si>
     <x:t>Vlad</x:t>
   </x:si>
   <x:si>
     <x:t>BUȘINSCHII</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 176</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000007141</x:t>
   </x:si>
   <x:si>
-    <x:t>16.05.2022</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Gavriil</x:t>
   </x:si>
   <x:si>
     <x:t>PETROV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 173</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0099510</x:t>
   </x:si>
   <x:si>
-    <x:t>Ivan</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>CRISTEA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 177</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000009111</x:t>
   </x:si>
   <x:si>
     <x:t>17.05.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Andrian</x:t>
   </x:si>
   <x:si>
     <x:t>ȚARUȘ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 178</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003132</x:t>
   </x:si>
   <x:si>
     <x:t>18.05.2022</x:t>
@@ -2056,353 +2056,353 @@
   <x:si>
     <x:t>GUSEV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 179</x:t>
   </x:si>
   <x:si>
     <x:t>ЖВ 570264</x:t>
   </x:si>
   <x:si>
     <x:t>19.05.2022</x:t>
   </x:si>
   <x:si>
     <x:t>POPOVSCAIA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 180</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000048</x:t>
   </x:si>
   <x:si>
     <x:t>20.05.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>MANCEV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000007159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.05.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0105248</x:t>
+  </x:si>
+  <x:si>
     <x:t>Timur</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 182</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0038559</x:t>
   </x:si>
   <x:si>
-    <x:t>23.05.2022</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Viorel</x:t>
   </x:si>
   <x:si>
     <x:t>BÎCU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 184</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000175</x:t>
   </x:si>
   <x:si>
     <x:t>24.05.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Semion</x:t>
   </x:si>
   <x:si>
     <x:t>DIACIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 185</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0038621</x:t>
   </x:si>
   <x:si>
     <x:t>25.05.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Ștefan</x:t>
   </x:si>
   <x:si>
     <x:t>RUSU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 186</x:t>
   </x:si>
   <x:si>
     <x:t>AL 004201</x:t>
   </x:si>
   <x:si>
     <x:t>31.05.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>VÎHRIST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01.06.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 187</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000326</x:t>
+  </x:si>
+  <x:si>
     <x:t>STÎNĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 190</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003129</x:t>
   </x:si>
   <x:si>
-    <x:t>01.06.2022</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CAMBUR</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 189</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000030</x:t>
   </x:si>
   <x:si>
-    <x:t>VÎHRIST</x:t>
-[...11 lines deleted...]
-    <x:t>LMI 000000325</x:t>
+    <x:t>Seghei</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZADORIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИВ 956775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03.06.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Janna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEDIURCHINA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABC 0268426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000192</x:t>
   </x:si>
   <x:si>
     <x:t>TRICOLICI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 194</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002264</x:t>
   </x:si>
   <x:si>
-    <x:t>03.06.2022</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>CMV 195</x:t>
   </x:si>
   <x:si>
     <x:t>SE 003957</x:t>
   </x:si>
   <x:si>
     <x:t>SMOTROVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 196</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0015966</x:t>
   </x:si>
   <x:si>
     <x:t>06.06.2022</x:t>
   </x:si>
   <x:si>
     <x:t>GROZA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 197</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0015930</x:t>
   </x:si>
   <x:si>
     <x:t>08.06.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Alisa</x:t>
   </x:si>
   <x:si>
     <x:t>MARIAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 198</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000191</x:t>
   </x:si>
   <x:si>
     <x:t>14.06.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>BURIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000007140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.06.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>CERNENCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 200</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000005009</x:t>
   </x:si>
   <x:si>
-    <x:t>15.06.2022</x:t>
-[...8 lines deleted...]
-    <x:t>AMC 000007140</x:t>
+    <x:t>Tamara</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GUȚUL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000025685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.06.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Viktor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IAKOVLEV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KB 590720</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 202</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000025719</x:t>
   </x:si>
   <x:si>
-    <x:t>17.06.2022</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>CMV 204</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000005041</x:t>
   </x:si>
   <x:si>
     <x:t>20.06.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>ANDRUȘOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РВ 590154</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.06.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vitali</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЭВ 128994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PODÎMOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002385</x:t>
+  </x:si>
+  <x:si>
     <x:t>PODÎMOVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 206</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002386</x:t>
   </x:si>
   <x:si>
-    <x:t>27.06.2022</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>ARHIRE</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 209</x:t>
   </x:si>
   <x:si>
     <x:t>ЖВ 904368</x:t>
   </x:si>
   <x:si>
     <x:t>28.06.2022</x:t>
   </x:si>
   <x:si>
     <x:t>CHIȚANU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 211</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000010848</x:t>
   </x:si>
   <x:si>
     <x:t>01.07.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Ruxandra</x:t>
@@ -2455,161 +2455,161 @@
   <x:si>
     <x:t>12.07.2022</x:t>
   </x:si>
   <x:si>
     <x:t>GRAMOVICI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 215</x:t>
   </x:si>
   <x:si>
     <x:t>ФВ 722319</x:t>
   </x:si>
   <x:si>
     <x:t>19.07.2022</x:t>
   </x:si>
   <x:si>
     <x:t>SAVANU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 216</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0015969</x:t>
   </x:si>
   <x:si>
+    <x:t>BÎNZARU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01.08.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002177</x:t>
+  </x:si>
+  <x:si>
     <x:t>SEMZENISI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 217</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000051</x:t>
   </x:si>
   <x:si>
-    <x:t>01.08.2022</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>TEMCIUC</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02.08.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 221</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002187</x:t>
   </x:si>
   <x:si>
-    <x:t>02.08.2022</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>DOLGANIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 220</x:t>
   </x:si>
   <x:si>
     <x:t>AL 009661</x:t>
   </x:si>
   <x:si>
     <x:t>GRATI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 223</x:t>
   </x:si>
   <x:si>
     <x:t>Я 859602</x:t>
   </x:si>
   <x:si>
     <x:t>03.08.2022</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 224</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000010871</x:t>
   </x:si>
   <x:si>
+    <x:t>CHIROȘCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПВ 170733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04.08.2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RUDAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Б-I 047817</x:t>
+  </x:si>
+  <x:si>
     <x:t>CUDRENCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 225</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002193</x:t>
   </x:si>
   <x:si>
-    <x:t>04.08.2022</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>PASCAL</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 226</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002348</x:t>
   </x:si>
   <x:si>
-    <x:t>CHIROȘCA</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Liviu</x:t>
   </x:si>
   <x:si>
     <x:t>IAVORSCHII</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 230</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002180</x:t>
   </x:si>
   <x:si>
     <x:t>VLAS</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 228</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 612373</x:t>
   </x:si>
   <x:si>
     <x:t>CUZMUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 232</x:t>
@@ -2647,68 +2647,68 @@
   <x:si>
     <x:t>ILAȘCU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 234</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002162</x:t>
   </x:si>
   <x:si>
     <x:t>10.08.2022</x:t>
   </x:si>
   <x:si>
     <x:t>BERBER</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 235</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000011270</x:t>
   </x:si>
   <x:si>
     <x:t>23.08.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>TODOROV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000321</x:t>
+  </x:si>
+  <x:si>
     <x:t>ȘVEȚ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 237</x:t>
   </x:si>
   <x:si>
     <x:t>AL 004210</x:t>
   </x:si>
   <x:si>
-    <x:t>TODOROV</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>RENȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 239</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000025728</x:t>
   </x:si>
   <x:si>
     <x:t>05.09.2022</x:t>
   </x:si>
   <x:si>
     <x:t>PRISACARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 238</x:t>
   </x:si>
   <x:si>
     <x:t>НВ 306344</x:t>
   </x:si>
   <x:si>
     <x:t>GÂRBU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 240</x:t>
@@ -2773,191 +2773,191 @@
   <x:si>
     <x:t>PAVLOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 245</x:t>
   </x:si>
   <x:si>
     <x:t>AL 000408</x:t>
   </x:si>
   <x:si>
     <x:t>14.09.2022</x:t>
   </x:si>
   <x:si>
     <x:t>GOSPODINOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 249</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0099537</x:t>
   </x:si>
   <x:si>
     <x:t>21.09.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>RAILEANU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002170</x:t>
+  </x:si>
+  <x:si>
     <x:t>STRAISTĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 247</x:t>
   </x:si>
   <x:si>
     <x:t>AL 007238</x:t>
   </x:si>
   <x:si>
-    <x:t>RAILEANU</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>GARANOVSCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 248</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002270</x:t>
   </x:si>
   <x:si>
     <x:t>CIUMAC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 250</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000005012</x:t>
   </x:si>
   <x:si>
     <x:t>23.09.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Stela</x:t>
   </x:si>
   <x:si>
     <x:t>COLESNIC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 252</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0055118</x:t>
   </x:si>
   <x:si>
     <x:t>28.09.2022</x:t>
   </x:si>
   <x:si>
     <x:t>MEDVEDEVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 251</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003116</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.09.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>Veniamin</x:t>
   </x:si>
   <x:si>
     <x:t>COCORIUCHIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 254</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0070028</x:t>
   </x:si>
   <x:si>
-    <x:t>29.09.2022</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CMV 255</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000007142</x:t>
   </x:si>
   <x:si>
     <x:t>03.10.2022</x:t>
   </x:si>
   <x:si>
     <x:t>GRAUR</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 256</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002363</x:t>
   </x:si>
   <x:si>
     <x:t>07.10.2022</x:t>
   </x:si>
   <x:si>
     <x:t>RAILEAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 257</x:t>
   </x:si>
   <x:si>
     <x:t>KB 591881</x:t>
   </x:si>
   <x:si>
     <x:t>10.10.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>MĂRÎI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000003115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.10.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>Arcadie</x:t>
   </x:si>
   <x:si>
     <x:t>REVENCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 259</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 620951</x:t>
   </x:si>
   <x:si>
-    <x:t>12.10.2022</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CATAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 260</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003095</x:t>
   </x:si>
   <x:si>
     <x:t>18.10.2022</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGOMAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 261</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002381</x:t>
   </x:si>
   <x:si>
     <x:t>24.10.2022</x:t>
   </x:si>
   <x:si>
     <x:t>CREȚU</x:t>
@@ -3031,353 +3031,353 @@
   <x:si>
     <x:t>IVANOVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 269</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002164</x:t>
   </x:si>
   <x:si>
     <x:t>24.11.2022</x:t>
   </x:si>
   <x:si>
     <x:t>Adrian</x:t>
   </x:si>
   <x:si>
     <x:t>POPOVICI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 270</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0105505</x:t>
   </x:si>
   <x:si>
+    <x:t>Gheorghe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIMITRIU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000010854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.11.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>GAJA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 271</x:t>
   </x:si>
   <x:si>
     <x:t>УВ 739176</x:t>
   </x:si>
   <x:si>
-    <x:t>29.11.2022</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>PLEȘCA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 272</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0055123</x:t>
   </x:si>
   <x:si>
     <x:t>PLATON</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 274</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0105276</x:t>
   </x:si>
   <x:si>
     <x:t>30.11.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>DOLGHIERU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 007244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05.12.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>MALERU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 276</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000301</x:t>
   </x:si>
   <x:si>
-    <x:t>05.12.2022</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>OCRAIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 277</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000044</x:t>
   </x:si>
   <x:si>
     <x:t>06.12.2022</x:t>
   </x:si>
   <x:si>
     <x:t>FURTUNA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 279</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000010850</x:t>
   </x:si>
   <x:si>
     <x:t>07.12.2022</x:t>
   </x:si>
   <x:si>
     <x:t>SLUȘNEAC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 278</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0099550</x:t>
   </x:si>
   <x:si>
+    <x:t>MANOHINA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0070030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.12.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 281</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000025675</x:t>
   </x:si>
   <x:si>
-    <x:t>16.12.2022</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CMV 268</x:t>
   </x:si>
   <x:si>
     <x:t>69/1987</x:t>
   </x:si>
   <x:si>
     <x:t>21.12.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>Dorel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LAMBARSKI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 003978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.12.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>ADVAHOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 282</x:t>
   </x:si>
   <x:si>
     <x:t>AL 000419</x:t>
   </x:si>
   <x:si>
-    <x:t>23.12.2022</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>NECULA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 283</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002346</x:t>
   </x:si>
   <x:si>
     <x:t>SAVIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 285</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002351</x:t>
   </x:si>
   <x:si>
     <x:t>26.12.2022</x:t>
   </x:si>
   <x:si>
+    <x:t>CIUCHITU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000011272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.12.2022</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rodion</x:t>
   </x:si>
   <x:si>
     <x:t>ȘIȘCHIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 288</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000011304</x:t>
   </x:si>
   <x:si>
-    <x:t>27.12.2022</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>VISOȚCAIA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 286</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000011330</x:t>
   </x:si>
   <x:si>
-    <x:t>CIUCHITU</x:t>
-[...5 lines deleted...]
-    <x:t>ALI 000011272</x:t>
+    <x:t>SÎRGHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Б-I 047853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.01.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Selia</x:t>
   </x:si>
   <x:si>
     <x:t>DEDIU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 292</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 620873</x:t>
   </x:si>
   <x:si>
-    <x:t>11.01.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>PLECAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 291</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 620900</x:t>
   </x:si>
   <x:si>
     <x:t>OLARIȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 290</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 328246</x:t>
   </x:si>
   <x:si>
     <x:t>SURDU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 293</x:t>
   </x:si>
   <x:si>
     <x:t>ЗВ 873270</x:t>
   </x:si>
   <x:si>
     <x:t>16.01.2023</x:t>
   </x:si>
   <x:si>
     <x:t>TROHIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 294</x:t>
   </x:si>
   <x:si>
     <x:t>E 003973</x:t>
   </x:si>
   <x:si>
     <x:t>17.01.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>CUZUIOC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 007246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.01.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEREUȚĂ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000003117</x:t>
+  </x:si>
+  <x:si>
     <x:t>Marcel</x:t>
   </x:si>
   <x:si>
     <x:t>AGACHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 297</x:t>
   </x:si>
   <x:si>
     <x:t>AL 004155</x:t>
   </x:si>
   <x:si>
-    <x:t>18.01.2023</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>ANTOHIEV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 299</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0056725</x:t>
   </x:si>
   <x:si>
     <x:t>20.01.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Stanislav</x:t>
   </x:si>
   <x:si>
     <x:t>COVALCIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 298</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000183</x:t>
   </x:si>
   <x:si>
     <x:t>Alexei</x:t>
@@ -3451,458 +3451,458 @@
   <x:si>
     <x:t>MACOVEI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 306</x:t>
   </x:si>
   <x:si>
     <x:t>УВ-I 148787</x:t>
   </x:si>
   <x:si>
     <x:t>02.02.2023</x:t>
   </x:si>
   <x:si>
     <x:t>MAXIMENCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 310</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000009117</x:t>
   </x:si>
   <x:si>
     <x:t>06.02.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>ANDRIEȘ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000003090</x:t>
+  </x:si>
+  <x:si>
     <x:t>POPESCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 308</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000010868</x:t>
   </x:si>
   <x:si>
-    <x:t>ANDRIEȘ</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CMV 309</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000005037</x:t>
   </x:si>
   <x:si>
     <x:t>BODNARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 311</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0038605</x:t>
   </x:si>
   <x:si>
     <x:t>13.02.2023</x:t>
   </x:si>
   <x:si>
     <x:t>ANIȚOAE</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 312</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002377</x:t>
   </x:si>
   <x:si>
+    <x:t>ALÎMOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MB 487312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.02.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>DIDU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 313</x:t>
   </x:si>
   <x:si>
     <x:t>УВ 919795</x:t>
   </x:si>
   <x:si>
-    <x:t>15.02.2023</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CMV 316</x:t>
   </x:si>
   <x:si>
     <x:t>Д-I 273121</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 003981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOCANU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 000441</x:t>
+  </x:si>
+  <x:si>
     <x:t>GUMENIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 317</x:t>
   </x:si>
   <x:si>
     <x:t>107705 0000279 03/CB</x:t>
   </x:si>
   <x:si>
-    <x:t>CMV 315</x:t>
-[...20 lines deleted...]
-    <x:t>AL 000441</x:t>
+    <x:t>Melania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CURAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 004962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.02.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CHIȘLARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 319</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002174</x:t>
   </x:si>
   <x:si>
-    <x:t>16.02.2023</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>PANUȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 321</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032713</x:t>
   </x:si>
   <x:si>
     <x:t>17.02.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>Sava</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FILIMON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 323</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002196</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.02.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>IORDATII</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 322</x:t>
   </x:si>
   <x:si>
     <x:t>KB 591876</x:t>
   </x:si>
   <x:si>
-    <x:t>20.02.2023</x:t>
-[...11 lines deleted...]
-    <x:t>LMI 000002196</x:t>
+    <x:t>Ilie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПВ 620984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.02.2023</x:t>
   </x:si>
   <x:si>
     <x:t>ȘESTOPALIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 326</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 620854</x:t>
   </x:si>
   <x:si>
-    <x:t>23.02.2023</x:t>
+    <x:t>BUGAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B-I 525382</x:t>
   </x:si>
   <x:si>
     <x:t>Boris</x:t>
   </x:si>
   <x:si>
     <x:t>BASISTÎI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 324</x:t>
   </x:si>
   <x:si>
     <x:t>ЗВ 873832</x:t>
   </x:si>
   <x:si>
-    <x:t>BUGAN</x:t>
-[...14 lines deleted...]
-    <x:t>ПВ 620984</x:t>
+    <x:t>NEGARA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 329</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0105245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.02.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Rodica</x:t>
   </x:si>
   <x:si>
     <x:t>CANȚER</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 330</x:t>
   </x:si>
   <x:si>
     <x:t>ЗВ 873841</x:t>
   </x:si>
   <x:si>
-    <x:t>24.02.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>IGNAT</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 331</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 328043</x:t>
   </x:si>
   <x:si>
     <x:t>28.02.2023</x:t>
   </x:si>
   <x:si>
     <x:t>PURCEL</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 332</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002261</x:t>
   </x:si>
   <x:si>
     <x:t>01.03.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000033723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02.03.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>IVANCOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 335</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002364</x:t>
   </x:si>
   <x:si>
-    <x:t>02.03.2023</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BANARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 334</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0134823</x:t>
   </x:si>
   <x:si>
+    <x:t>DRON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03.03.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PITEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 004196</x:t>
+  </x:si>
+  <x:si>
     <x:t>GANEA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 336</x:t>
   </x:si>
   <x:si>
     <x:t>Б-I 047816</x:t>
   </x:si>
   <x:si>
-    <x:t>03.03.2023</x:t>
-[...17 lines deleted...]
-    <x:t>LMI 000000293</x:t>
+    <x:t>VICOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TB 884114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06.03.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Stepan</x:t>
   </x:si>
   <x:si>
     <x:t>CHIREACOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 339</x:t>
   </x:si>
   <x:si>
     <x:t>ШВ 015618</x:t>
   </x:si>
   <x:si>
-    <x:t>06.03.2023</x:t>
-[...8 lines deleted...]
-    <x:t>TB 884114</x:t>
+    <x:t>CMV 345</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗВ 873842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07.03.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MUNTEANU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УB-I 148783</x:t>
   </x:si>
   <x:si>
     <x:t>COȘCIUG</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 341</x:t>
   </x:si>
   <x:si>
     <x:t>Ш 145872</x:t>
   </x:si>
   <x:si>
-    <x:t>07.03.2023</x:t>
-[...14 lines deleted...]
-    <x:t>ЗВ 873842</x:t>
+    <x:t>NOVAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Г-I 730973</x:t>
   </x:si>
   <x:si>
     <x:t>Veronica</x:t>
   </x:si>
   <x:si>
     <x:t>SCRIPCARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 343</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0134529</x:t>
   </x:si>
   <x:si>
-    <x:t>NOVAC</x:t>
-[...5 lines deleted...]
-    <x:t>Г-I 730973</x:t>
+    <x:t>ONOFRAȘ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 000414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09.03.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Octavian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGNATENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 010183</x:t>
   </x:si>
   <x:si>
     <x:t>TOMULESCU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 348</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000018125</x:t>
   </x:si>
   <x:si>
-    <x:t>09.03.2023</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>ONUȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 349</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000009123</x:t>
   </x:si>
   <x:si>
     <x:t>10.03.2023</x:t>
   </x:si>
   <x:si>
     <x:t>BABIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 350</x:t>
   </x:si>
   <x:si>
     <x:t>E 004001</x:t>
   </x:si>
   <x:si>
     <x:t>13.03.2023</x:t>
   </x:si>
   <x:si>
     <x:t>TIMUȘ</x:t>
@@ -3961,392 +3961,392 @@
   <x:si>
     <x:t>УВ-I 138730</x:t>
   </x:si>
   <x:si>
     <x:t>20.03.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 358</x:t>
   </x:si>
   <x:si>
     <x:t>ИВ 766972</x:t>
   </x:si>
   <x:si>
     <x:t>POSTEVCA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 360</x:t>
   </x:si>
   <x:si>
     <x:t>УВ-I 148960</x:t>
   </x:si>
   <x:si>
     <x:t>22.03.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>Efimia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POPUȘOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000007174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.03.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STRONCEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 361</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПВ 620890</x:t>
+  </x:si>
+  <x:si>
     <x:t>GANGAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 328</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 620402</x:t>
   </x:si>
   <x:si>
-    <x:t>23.03.2023</x:t>
-[...20 lines deleted...]
-    <x:t>ПВ 620890</x:t>
+    <x:t>Evghenia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NEVDAH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>У 990066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.03.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLĂRIȚĂ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0105274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STROPȘA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002185</x:t>
   </x:si>
   <x:si>
     <x:t>Gheorghi</x:t>
   </x:si>
   <x:si>
     <x:t>CHIULAFLÎ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 367</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000017095</x:t>
   </x:si>
   <x:si>
-    <x:t>30.03.2023</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARANDICI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 366</x:t>
   </x:si>
   <x:si>
     <x:t>УВ-I 148969</x:t>
   </x:si>
   <x:si>
-    <x:t>Daniel</x:t>
-[...29 lines deleted...]
-    <x:t>LMI 000002185</x:t>
+    <x:t>Valerian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JARDAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗВ 873293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03.04.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Dmytro</x:t>
   </x:si>
   <x:si>
     <x:t>POCHTAR</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 369</x:t>
   </x:si>
   <x:si>
     <x:t>KX 37639931</x:t>
   </x:si>
   <x:si>
-    <x:t>03.04.2023</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>ONCU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 370</x:t>
   </x:si>
   <x:si>
     <x:t>MB 650008</x:t>
   </x:si>
   <x:si>
     <x:t>04.04.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 371</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПВ 620853</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05.04.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRĂDINARU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0099538</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fiodr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STOIANOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KB 651557</x:t>
+  </x:si>
+  <x:si>
     <x:t>Luca</x:t>
   </x:si>
   <x:si>
     <x:t>SCHIVU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 373</x:t>
   </x:si>
   <x:si>
     <x:t>KB 583329</x:t>
   </x:si>
   <x:si>
-    <x:t>05.04.2023</x:t>
-[...26 lines deleted...]
-    <x:t>KB 651557</x:t>
+    <x:t>MARINOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Б-I 048509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06.04.2023</x:t>
   </x:si>
   <x:si>
     <x:t>VERDEȘ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 375</x:t>
   </x:si>
   <x:si>
     <x:t>ЦВ 865899</x:t>
   </x:si>
   <x:si>
-    <x:t>06.04.2023</x:t>
-[...8 lines deleted...]
-    <x:t>Б-I 048509</x:t>
+    <x:t>Serafim</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PASCARI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗВ 873987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.04.2023</x:t>
   </x:si>
   <x:si>
     <x:t>COZLOVICI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 377</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000291</x:t>
   </x:si>
   <x:si>
-    <x:t>10.04.2023</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>CMV 378</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003131</x:t>
   </x:si>
   <x:si>
     <x:t>BALABAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 381</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000012889</x:t>
   </x:si>
   <x:si>
     <x:t>12.04.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>EFTENE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПВ 620870</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.04.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERCEMLÎ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Б-I 047852</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 382</x:t>
   </x:si>
   <x:si>
     <x:t>KB 583125</x:t>
   </x:si>
   <x:si>
-    <x:t>19.04.2023</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>ȘTEFANEȚ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 385</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0134511</x:t>
   </x:si>
   <x:si>
     <x:t>20.04.2023</x:t>
   </x:si>
   <x:si>
     <x:t>JUVALA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 386</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0056717</x:t>
   </x:si>
   <x:si>
     <x:t>21.04.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>ȚURCANU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 387</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0015934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.04.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>TAMAZLÎCARU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 389</x:t>
   </x:si>
   <x:si>
     <x:t>Seria 104406     Nr. 00201778</x:t>
   </x:si>
   <x:si>
-    <x:t>25.04.2023</x:t>
+    <x:t>DRAGOSTE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 392</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ȚIBULCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗВ 873271</x:t>
   </x:si>
   <x:si>
     <x:t>Alexandra</x:t>
   </x:si>
   <x:si>
     <x:t>BRAGA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 390</x:t>
   </x:si>
   <x:si>
     <x:t>TB 883115</x:t>
   </x:si>
   <x:si>
-    <x:t>ȚIBULCA</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CMV 391</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002379</x:t>
   </x:si>
   <x:si>
-    <x:t>DRAGOSTE</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>SUVEICA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 395</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0134510</x:t>
   </x:si>
   <x:si>
     <x:t>26.04.2023</x:t>
   </x:si>
   <x:si>
     <x:t>NIȚULEAC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 394</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0134547</x:t>
   </x:si>
   <x:si>
     <x:t>Filipp</x:t>
   </x:si>
   <x:si>
     <x:t>CALCIU</x:t>
@@ -4360,302 +4360,302 @@
   <x:si>
     <x:t>Timofei</x:t>
   </x:si>
   <x:si>
     <x:t>MÎȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 396</x:t>
   </x:si>
   <x:si>
     <x:t>B-I 516687</x:t>
   </x:si>
   <x:si>
     <x:t>27.04.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CEBOTARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 397</x:t>
   </x:si>
   <x:si>
     <x:t>PB 739962</x:t>
   </x:si>
   <x:si>
+    <x:t>PASCARENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02.05.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>CIBOTARU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 399</x:t>
   </x:si>
   <x:si>
     <x:t>E 012871</x:t>
   </x:si>
   <x:si>
-    <x:t>02.05.2023</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CMV 401</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 403</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000005017</x:t>
   </x:si>
   <x:si>
-    <x:t>PASCARENCO</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>MOISEI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 402</x:t>
   </x:si>
   <x:si>
     <x:t>AS 000002342</x:t>
   </x:si>
   <x:si>
+    <x:t>NACU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000005065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03.05.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>GRIGORENCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 404</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032758</x:t>
   </x:si>
   <x:si>
-    <x:t>03.05.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CONDUR</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 405</x:t>
   </x:si>
   <x:si>
     <x:t>B-I 525380</x:t>
   </x:si>
   <x:si>
+    <x:t>BOROVSCHI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000012890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04.05.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>TAȘCI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 408</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000031663</x:t>
   </x:si>
   <x:si>
-    <x:t>04.05.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>ZELENIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 411</x:t>
   </x:si>
   <x:si>
     <x:t>B-I 516684</x:t>
   </x:si>
   <x:si>
     <x:t>05.05.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 410</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0082104</x:t>
   </x:si>
   <x:si>
     <x:t>NEDELEA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 409</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0099546</x:t>
   </x:si>
   <x:si>
+    <x:t>RUSNAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0275631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.05.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>TIHUN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 413</x:t>
   </x:si>
   <x:si>
     <x:t>УВ-I 138745</x:t>
   </x:si>
   <x:si>
-    <x:t>10.05.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>BÎRLĂDEANU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 415</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000176</x:t>
   </x:si>
   <x:si>
     <x:t>11.05.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>BARANCIUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000011319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.05.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PANȚÎR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000025727</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICULIȚĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 416</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0099507</x:t>
   </x:si>
   <x:si>
-    <x:t>15.05.2023</x:t>
-[...17 lines deleted...]
-    <x:t>ALI 000011319</x:t>
+    <x:t>ZUZA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 00082113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.05.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MALEARCIUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0070023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 419</x:t>
   </x:si>
   <x:si>
     <x:t>AL 009663</x:t>
   </x:si>
   <x:si>
-    <x:t>16.05.2023</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>EFRIM</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 422</x:t>
   </x:si>
   <x:si>
     <x:t>YB 919117</x:t>
   </x:si>
   <x:si>
     <x:t>17.05.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>Iulia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAZNACEEVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.05.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OREHOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000194</x:t>
+  </x:si>
+  <x:si>
     <x:t>MUNTEAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 424</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002154</x:t>
   </x:si>
   <x:si>
-    <x:t>18.05.2023</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>CMV 427</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0099523</x:t>
   </x:si>
   <x:si>
     <x:t>19.05.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Iurii</x:t>
   </x:si>
   <x:si>
     <x:t>CUCER</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 426</x:t>
   </x:si>
   <x:si>
     <x:t>ИВ 955304</x:t>
   </x:si>
   <x:si>
     <x:t>SARIOGLO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 428</x:t>
@@ -4663,440 +4663,440 @@
   <x:si>
     <x:t>E 010181</x:t>
   </x:si>
   <x:si>
     <x:t>ALTUNIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 430</x:t>
   </x:si>
   <x:si>
     <x:t>AL 007264</x:t>
   </x:si>
   <x:si>
     <x:t>20.05.2023</x:t>
   </x:si>
   <x:si>
     <x:t>SCHIDU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 429</x:t>
   </x:si>
   <x:si>
     <x:t>YB 148759</x:t>
   </x:si>
   <x:si>
+    <x:t>COSEACOVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0099513</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.05.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>GAVRILUȚA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 431</x:t>
   </x:si>
   <x:si>
     <x:t>ЗВ 873837</x:t>
   </x:si>
   <x:si>
-    <x:t>22.05.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>SARDARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 433</x:t>
   </x:si>
   <x:si>
     <x:t>KB 591878</x:t>
   </x:si>
   <x:si>
+    <x:t>RECEAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УB-1 148754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.05.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 434</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000049</x:t>
   </x:si>
   <x:si>
-    <x:t>24.05.2023</x:t>
-[...8 lines deleted...]
-    <x:t>УB-1 148754</x:t>
+    <x:t>UNGUREANU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.05.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 436</x:t>
   </x:si>
   <x:si>
     <x:t>УB-1 148766</x:t>
   </x:si>
   <x:si>
-    <x:t>25.05.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CARPOVICI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 438</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0105282</x:t>
   </x:si>
   <x:si>
     <x:t>27.05.2023</x:t>
   </x:si>
   <x:si>
     <x:t>PRISEAJNIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 439</x:t>
   </x:si>
   <x:si>
     <x:t>A 0173640</x:t>
   </x:si>
   <x:si>
     <x:t>29.05.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>GODOROGEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0032731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.05.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>TOMA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 440</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032686</x:t>
   </x:si>
   <x:si>
-    <x:t>31.05.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CMV 442</x:t>
   </x:si>
   <x:si>
     <x:t>ЖВ 904198</x:t>
   </x:si>
   <x:si>
     <x:t>05.06.2023</x:t>
   </x:si>
   <x:si>
     <x:t>IALAMA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 444</x:t>
   </x:si>
   <x:si>
     <x:t>B-I 533495</x:t>
   </x:si>
   <x:si>
     <x:t>06.06.2023</x:t>
   </x:si>
   <x:si>
     <x:t>BURLACU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 443</x:t>
   </x:si>
   <x:si>
     <x:t>Б-I 048594</x:t>
   </x:si>
   <x:si>
     <x:t>CRÎJANOVSCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 446</x:t>
   </x:si>
   <x:si>
     <x:t>KB 583307</x:t>
   </x:si>
   <x:si>
     <x:t>09.06.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 445</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000007135</x:t>
   </x:si>
   <x:si>
+    <x:t>COJOCARU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УВ 739207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.06.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>Nadina</x:t>
   </x:si>
   <x:si>
     <x:t>GAȘIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 448</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000010846</x:t>
   </x:si>
   <x:si>
-    <x:t>12.06.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CMV 450</x:t>
   </x:si>
   <x:si>
     <x:t>ЗВ 318512</x:t>
   </x:si>
   <x:si>
     <x:t>14.06.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Nicolai</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 451</x:t>
   </x:si>
   <x:si>
     <x:t>TB 884132</x:t>
   </x:si>
   <x:si>
     <x:t>RANEȚCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 452</x:t>
   </x:si>
   <x:si>
     <x:t>AL 009702</x:t>
   </x:si>
   <x:si>
     <x:t>15.06.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>DUMITRAȘ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Б-I 047988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.06.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 457</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000003130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daniil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MOROZOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0032735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BABĂRĂ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0134805</x:t>
+  </x:si>
+  <x:si>
     <x:t>BEJENARU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 456</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0015910</x:t>
   </x:si>
   <x:si>
-    <x:t>21.06.2023</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>CHIOCHIU</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 007222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.06.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOGDANAȘ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000025715</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 459</x:t>
   </x:si>
   <x:si>
     <x:t>E 004989</x:t>
   </x:si>
   <x:si>
-    <x:t>22.06.2023</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>GAVAJUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 460</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000012917</x:t>
   </x:si>
   <x:si>
-    <x:t>BOGDANAȘ</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CMV 524</x:t>
   </x:si>
   <x:si>
     <x:t>AA nr. 807 din 28.06.2023</x:t>
   </x:si>
   <x:si>
     <x:t>27.06.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>Liparit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COSIAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Я 132403</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03.07.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KB 575230</x:t>
+  </x:si>
+  <x:si>
     <x:t>IONAȘ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 463</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0015942</x:t>
   </x:si>
   <x:si>
-    <x:t>03.07.2023</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>TRIPADUȘ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 465</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000053</x:t>
   </x:si>
   <x:si>
     <x:t>04.07.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 466</x:t>
   </x:si>
   <x:si>
     <x:t>AL 009675</x:t>
   </x:si>
   <x:si>
     <x:t>05.07.2023</x:t>
   </x:si>
   <x:si>
     <x:t>ECHIM</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 467</x:t>
   </x:si>
   <x:si>
     <x:t>УВ-I 148782</x:t>
   </x:si>
   <x:si>
     <x:t>07.07.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>GRIBENCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 004956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.07.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>PAGU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 469</x:t>
   </x:si>
   <x:si>
     <x:t>ЗВ 873283</x:t>
   </x:si>
   <x:si>
-    <x:t>10.07.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>PADURA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 470</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0134503</x:t>
   </x:si>
   <x:si>
     <x:t>11.07.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 471</x:t>
   </x:si>
   <x:si>
     <x:t>KB 583341</x:t>
   </x:si>
   <x:si>
     <x:t>13.07.2023</x:t>
   </x:si>
   <x:si>
     <x:t>OSADCENCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 472</x:t>
@@ -5128,122 +5128,122 @@
   <x:si>
     <x:t>ALI 000011318</x:t>
   </x:si>
   <x:si>
     <x:t>MANASTÎRLI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 475</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032749</x:t>
   </x:si>
   <x:si>
     <x:t>19.07.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 476</x:t>
   </x:si>
   <x:si>
     <x:t>AL 009720</x:t>
   </x:si>
   <x:si>
     <x:t>24.07.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>BEJENARI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЖВ 623479</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.07.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>VORNICOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 480</x:t>
   </x:si>
   <x:si>
     <x:t>ЗВ 873252</x:t>
   </x:si>
   <x:si>
-    <x:t>26.07.2023</x:t>
+    <x:t>BOGACI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000010845</x:t>
   </x:si>
   <x:si>
     <x:t>Raisa</x:t>
   </x:si>
   <x:si>
     <x:t>APREUTES</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 479</x:t>
   </x:si>
   <x:si>
     <x:t>ИВ 956781</x:t>
   </x:si>
   <x:si>
-    <x:t>BEJENARI</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>MOMAT</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 477</x:t>
   </x:si>
   <x:si>
     <x:t>B-I 524714</x:t>
   </x:si>
   <x:si>
-    <x:t>BOGACI</x:t>
-[...5 lines deleted...]
-    <x:t>AMC 000010845</x:t>
+    <x:t>DINJOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 483</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PB 824071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.07.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CEBANU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 482</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002457</x:t>
   </x:si>
   <x:si>
-    <x:t>27.07.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CMV 484</x:t>
   </x:si>
   <x:si>
     <x:t>KB 583309</x:t>
   </x:si>
   <x:si>
     <x:t>28.07.2023</x:t>
   </x:si>
   <x:si>
     <x:t>GÎSCA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 485</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 612370</x:t>
   </x:si>
   <x:si>
     <x:t>BACILA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 486</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000012888</x:t>
@@ -5296,233 +5296,233 @@
   <x:si>
     <x:t>07.08.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 491</x:t>
   </x:si>
   <x:si>
     <x:t>A-I 996178</x:t>
   </x:si>
   <x:si>
     <x:t>08.08.2023</x:t>
   </x:si>
   <x:si>
     <x:t>NEGRU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 513</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032690</x:t>
   </x:si>
   <x:si>
     <x:t>12.08.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>TIGU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 517</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛВ 344122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.08.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>STATI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 492</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002474</x:t>
   </x:si>
   <x:si>
-    <x:t>14.08.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CMV 493</x:t>
   </x:si>
   <x:si>
     <x:t>AL 007245</x:t>
   </x:si>
   <x:si>
     <x:t>15.08.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 494</x:t>
   </x:si>
   <x:si>
     <x:t>Д-I 370827</x:t>
   </x:si>
   <x:si>
     <x:t>16.08.2023</x:t>
   </x:si>
   <x:si>
     <x:t>PADUREȚ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 495</x:t>
   </x:si>
   <x:si>
     <x:t>AL 004199</x:t>
   </x:si>
   <x:si>
     <x:t>21.08.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>DRUȚĂ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 497</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 004964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.08.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ilarion</x:t>
   </x:si>
   <x:si>
     <x:t>SARDARU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 496</x:t>
   </x:si>
   <x:si>
     <x:t>ПB 620869</x:t>
   </x:si>
   <x:si>
-    <x:t>22.08.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Cristina</x:t>
   </x:si>
   <x:si>
     <x:t>MANOLI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 498</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000025688</x:t>
   </x:si>
   <x:si>
     <x:t>23.08.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>CARPOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 003960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.08.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>MÎNZÎRARU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 499</x:t>
   </x:si>
   <x:si>
     <x:t>ЗВ 873474</x:t>
   </x:si>
   <x:si>
-    <x:t>25.08.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Lucea</x:t>
   </x:si>
   <x:si>
     <x:t>ANGHELOVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 501</x:t>
   </x:si>
   <x:si>
     <x:t>KB 583108</x:t>
   </x:si>
   <x:si>
     <x:t>29.08.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>PISTOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 502</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ИВ 963465 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.08.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIȚA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000012740</x:t>
+  </x:si>
+  <x:si>
     <x:t>DUBALARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 504</x:t>
   </x:si>
   <x:si>
     <x:t>AA nr. 813 din 28.06.2023</x:t>
   </x:si>
   <x:si>
-    <x:t>30.08.2023</x:t>
-[...17 lines deleted...]
-    <x:t>AMC 000012740</x:t>
+    <x:t>BRUMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0071773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04.09.2023</x:t>
   </x:si>
   <x:si>
     <x:t>GARGALÎC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 506</x:t>
   </x:si>
   <x:si>
     <x:t>Д-I 370813</x:t>
   </x:si>
   <x:si>
-    <x:t>04.09.2023</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CMV 507</x:t>
   </x:si>
   <x:si>
     <x:t>Ю 019366</x:t>
   </x:si>
   <x:si>
-    <x:t>BRUMA</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>PLOSCARU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 508</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002472</x:t>
   </x:si>
   <x:si>
     <x:t>05.09.2023</x:t>
   </x:si>
   <x:si>
     <x:t>NOFIT</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 509</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000012913</x:t>
   </x:si>
   <x:si>
     <x:t>08.09.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Zinaida</x:t>
@@ -5536,74 +5536,74 @@
   <x:si>
     <x:t>09.09.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 511</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002459</x:t>
   </x:si>
   <x:si>
     <x:t>11.09.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Chiril</x:t>
   </x:si>
   <x:si>
     <x:t>DULOGLO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 512</x:t>
   </x:si>
   <x:si>
     <x:t>A-I 996813</x:t>
   </x:si>
   <x:si>
+    <x:t>CARAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ю 019983</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.09.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>Xenia</x:t>
   </x:si>
   <x:si>
     <x:t>SCUTARU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 515</x:t>
   </x:si>
   <x:si>
     <x:t>PB 242317</x:t>
   </x:si>
   <x:si>
-    <x:t>13.09.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>BABOGLO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 516</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000006721</x:t>
   </x:si>
   <x:si>
     <x:t>14.09.2023</x:t>
   </x:si>
   <x:si>
     <x:t>MACARENCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 518</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000009116</x:t>
   </x:si>
   <x:si>
     <x:t>15.09.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Mihai</x:t>
@@ -5611,107 +5611,107 @@
   <x:si>
     <x:t>CHIPER</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 519</x:t>
   </x:si>
   <x:si>
     <x:t>Д-I 370087</x:t>
   </x:si>
   <x:si>
     <x:t>Inna</x:t>
   </x:si>
   <x:si>
     <x:t>AHMEDOVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 520</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000007175</x:t>
   </x:si>
   <x:si>
     <x:t>25.09.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>BADAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000007132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.09.2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPREA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПВ 620963</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 523</x:t>
   </x:si>
   <x:si>
     <x:t>УВ-I 148774</x:t>
   </x:si>
   <x:si>
-    <x:t>26.09.2023</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>CMV 525</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 328245</x:t>
   </x:si>
   <x:si>
     <x:t>28.09.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>MITIOGLO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PB 357865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04.10.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>NEZALZOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 526</x:t>
   </x:si>
   <x:si>
     <x:t>PB 797461</x:t>
   </x:si>
   <x:si>
-    <x:t>04.10.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Mariana</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRATII</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 528</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002163</x:t>
   </x:si>
   <x:si>
     <x:t>18.10.2023</x:t>
   </x:si>
   <x:si>
     <x:t>VACARCIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 529</x:t>
   </x:si>
   <x:si>
     <x:t>AL 000410</x:t>
   </x:si>
   <x:si>
     <x:t>25.10.2023</x:t>
@@ -5737,80 +5737,80 @@
   <x:si>
     <x:t>AMC 000012918</x:t>
   </x:si>
   <x:si>
     <x:t>06.11.2023</x:t>
   </x:si>
   <x:si>
     <x:t>ROBULEȚ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 533</x:t>
   </x:si>
   <x:si>
     <x:t>ЛВ 308437</x:t>
   </x:si>
   <x:si>
     <x:t>BESPALCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 531</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002453</x:t>
   </x:si>
   <x:si>
+    <x:t>MAICAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.11.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>ZDRAGUȘ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 535</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002480</x:t>
   </x:si>
   <x:si>
-    <x:t>20.11.2023</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ZABRIAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 534</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002478</x:t>
   </x:si>
   <x:si>
-    <x:t>MAICAN</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>ROZOVEL</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 537</x:t>
   </x:si>
   <x:si>
     <x:t>УВ-I 138741</x:t>
   </x:si>
   <x:si>
     <x:t>22.11.2023</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 538</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0055083</x:t>
   </x:si>
   <x:si>
     <x:t>29.11.2023</x:t>
   </x:si>
   <x:si>
     <x:t>Efim</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 539</x:t>
@@ -5830,317 +5830,317 @@
   <x:si>
     <x:t>04.12.2023</x:t>
   </x:si>
   <x:si>
     <x:t>MAFTEI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 541</x:t>
   </x:si>
   <x:si>
     <x:t>AL 000396</x:t>
   </x:si>
   <x:si>
     <x:t>ȘIREAEVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 542</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032742</x:t>
   </x:si>
   <x:si>
     <x:t>13.12.2023</x:t>
   </x:si>
   <x:si>
+    <x:t>ȘAROV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 543</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000026863</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.12.2023</x:t>
+  </x:si>
+  <x:si>
     <x:t>MELNIC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 544</x:t>
   </x:si>
   <x:si>
     <x:t>MB 985465</x:t>
   </x:si>
   <x:si>
-    <x:t>21.12.2023</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CIOMÎRTAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 545</x:t>
   </x:si>
   <x:si>
     <x:t>KB 575231</x:t>
   </x:si>
   <x:si>
     <x:t>02.01.2024</x:t>
   </x:si>
   <x:si>
+    <x:t>Oana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C 0015233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.01.2024</x:t>
+  </x:si>
+  <x:si>
     <x:t>ȚÎNȚARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 547</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0105292</x:t>
   </x:si>
   <x:si>
-    <x:t>11.01.2024</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>CMV 548</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002374</x:t>
   </x:si>
   <x:si>
     <x:t>17.01.2024</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 551</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002467</x:t>
   </x:si>
   <x:si>
     <x:t>18.01.2024</x:t>
   </x:si>
   <x:si>
+    <x:t>BOSTAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0099488</x:t>
+  </x:si>
+  <x:si>
     <x:t>GLODEANU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 550</x:t>
   </x:si>
   <x:si>
     <x:t>УВ-I 138715</x:t>
   </x:si>
   <x:si>
-    <x:t>BOSTAN</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>MUTU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 552</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0055088</x:t>
   </x:si>
   <x:si>
     <x:t>29.01.2024</x:t>
   </x:si>
   <x:si>
     <x:t>URSU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 553</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002376</x:t>
   </x:si>
   <x:si>
     <x:t>30.01.2024</x:t>
   </x:si>
   <x:si>
     <x:t>Nicoleta</x:t>
   </x:si>
   <x:si>
     <x:t>ȚURCAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 554</x:t>
   </x:si>
   <x:si>
     <x:t>AA nr. 873 din 28.06.2023</x:t>
   </x:si>
   <x:si>
     <x:t>01.02.2024</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 555</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000005044</x:t>
   </x:si>
   <x:si>
     <x:t>05.02.2024</x:t>
   </x:si>
   <x:si>
+    <x:t>CAZACOVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000025702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07.02.2024</x:t>
+  </x:si>
+  <x:si>
     <x:t>PALADE</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 557</x:t>
   </x:si>
   <x:si>
     <x:t>KB 591051</x:t>
   </x:si>
   <x:si>
-    <x:t>07.02.2024</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>BALAN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 560</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002358</x:t>
   </x:si>
   <x:si>
     <x:t>13.02.2024</x:t>
   </x:si>
   <x:si>
     <x:t>ODOVENCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 558</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002469</x:t>
   </x:si>
   <x:si>
+    <x:t>OBREJA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УВ-I 148757</x:t>
+  </x:si>
+  <x:si>
     <x:t>LUCA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 561</x:t>
   </x:si>
   <x:si>
     <x:t>ИВ 955307</x:t>
   </x:si>
   <x:si>
-    <x:t>OBREJA</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BUDESCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 562</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000012892</x:t>
   </x:si>
   <x:si>
     <x:t>20.02.2024</x:t>
   </x:si>
   <x:si>
     <x:t>ZAGORSCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 563</x:t>
   </x:si>
   <x:si>
     <x:t>KB 583304</x:t>
   </x:si>
   <x:si>
     <x:t>22.02.2024</x:t>
   </x:si>
   <x:si>
     <x:t>VASILIEVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 564</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002276</x:t>
   </x:si>
   <x:si>
     <x:t>26.02.2024</x:t>
   </x:si>
   <x:si>
     <x:t>OSIPCIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 565</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0038612</x:t>
   </x:si>
   <x:si>
     <x:t>11.03.2024</x:t>
   </x:si>
   <x:si>
+    <x:t>RIVNEAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗВ 318561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.03.2024</x:t>
+  </x:si>
+  <x:si>
     <x:t>VLASOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 567</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002278</x:t>
   </x:si>
   <x:si>
-    <x:t>13.03.2024</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>GOBJILĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 569</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0105254</x:t>
   </x:si>
   <x:si>
     <x:t>18.03.2024</x:t>
   </x:si>
   <x:si>
     <x:t>MOROȘANU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 568</x:t>
   </x:si>
   <x:si>
     <x:t>УB-I 148797</x:t>
   </x:si>
   <x:si>
     <x:t>CRIVORUCENCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 571</x:t>
@@ -6298,119 +6298,119 @@
   <x:si>
     <x:t>MAHAMAT</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 583</x:t>
   </x:si>
   <x:si>
     <x:t>107705 0000482</x:t>
   </x:si>
   <x:si>
     <x:t>20.06.2024</x:t>
   </x:si>
   <x:si>
     <x:t>POSTICĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 584</x:t>
   </x:si>
   <x:si>
     <x:t>ЖВ 903218</x:t>
   </x:si>
   <x:si>
     <x:t>26.06.2024</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000018124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.06.2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GODEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0032684</x:t>
+  </x:si>
+  <x:si>
     <x:t>Filip</x:t>
   </x:si>
   <x:si>
     <x:t>MAEV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 585</x:t>
   </x:si>
   <x:si>
     <x:t>УВ-I 148999</x:t>
   </x:si>
   <x:si>
-    <x:t>28.06.2024</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>RUIN</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 588</x:t>
   </x:si>
   <x:si>
     <x:t>Seria 101318       Nr. 0420072</x:t>
   </x:si>
   <x:si>
     <x:t>15.07.2024</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 589</x:t>
   </x:si>
   <x:si>
     <x:t>E 004960</x:t>
   </x:si>
   <x:si>
     <x:t>16.07.2024</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LM 0046461</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.07.2024</x:t>
+  </x:si>
+  <x:si>
     <x:t>ARTENE</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 591</x:t>
   </x:si>
   <x:si>
     <x:t>УВ-I 138704</x:t>
   </x:si>
   <x:si>
-    <x:t>18.07.2024</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CMV 593</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000003534</x:t>
   </x:si>
   <x:si>
     <x:t>05.08.2024</x:t>
   </x:si>
   <x:si>
     <x:t>ZGHIBARȚĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 592</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000003545</x:t>
   </x:si>
   <x:si>
     <x:t>ȚĂRNĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 594</x:t>
   </x:si>
   <x:si>
     <x:t>16327</x:t>
@@ -6508,65 +6508,65 @@
   <x:si>
     <x:t>CMV 602</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000003525</x:t>
   </x:si>
   <x:si>
     <x:t>25.09.2024</x:t>
   </x:si>
   <x:si>
     <x:t>CORNEȚEL</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 603</x:t>
   </x:si>
   <x:si>
     <x:t>Я 859120</x:t>
   </x:si>
   <x:si>
     <x:t>26.09.2024</x:t>
   </x:si>
   <x:si>
     <x:t>BUGNEAC</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000005024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.09.2024</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 604</x:t>
   </x:si>
   <x:si>
     <x:t>AM 000003094</x:t>
   </x:si>
   <x:si>
-    <x:t>30.09.2024</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>ȘARGU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 606</x:t>
   </x:si>
   <x:si>
     <x:t>ИВ 955315</x:t>
   </x:si>
   <x:si>
     <x:t>01.10.2024</x:t>
   </x:si>
   <x:si>
     <x:t>Marin</x:t>
   </x:si>
   <x:si>
     <x:t>DIACONU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 607</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002237</x:t>
   </x:si>
   <x:si>
     <x:t>04.10.2024</x:t>
@@ -6706,347 +6706,347 @@
   <x:si>
     <x:t>EREMIA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 620</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032719</x:t>
   </x:si>
   <x:si>
     <x:t>12.12.2024</x:t>
   </x:si>
   <x:si>
     <x:t>LELIUHINA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 621</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000003113</x:t>
   </x:si>
   <x:si>
     <x:t>17.12.2024</x:t>
   </x:si>
   <x:si>
+    <x:t>Ira</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 623</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000000043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.12.2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COTICI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0038574</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">GULEAC </x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 007265</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 622</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0032732</x:t>
   </x:si>
   <x:si>
-    <x:t>19.12.2024</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>CMV 627</x:t>
   </x:si>
   <x:si>
     <x:t>Б-I 048401</x:t>
   </x:si>
   <x:si>
     <x:t>10.01.2025</x:t>
   </x:si>
   <x:si>
     <x:t>COBÎLEANSCHI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 626</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0099535</x:t>
   </x:si>
   <x:si>
     <x:t>Feras</x:t>
   </x:si>
   <x:si>
     <x:t>MEREB</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 628</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000003527</x:t>
   </x:si>
   <x:si>
     <x:t>22.01.2025</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 629</x:t>
   </x:si>
   <x:si>
     <x:t>ШВ 015487</x:t>
   </x:si>
   <x:si>
     <x:t>30.01.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>DARII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000003515</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.01.2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>ZARA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 631</x:t>
   </x:si>
   <x:si>
     <x:t>ИВ 956776</x:t>
   </x:si>
   <x:si>
-    <x:t>31.01.2025</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">GORGOS </x:t>
   </x:si>
   <x:si>
     <x:t>CMV 632</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0082108</x:t>
   </x:si>
   <x:si>
     <x:t>04.02.2025</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">VENGHER </x:t>
   </x:si>
   <x:si>
     <x:t>CMV 633</x:t>
   </x:si>
   <x:si>
     <x:t>ИВ 956901</x:t>
   </x:si>
   <x:si>
     <x:t>07.02.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛВ ВС 001657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.02.2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>MORCOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 635</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000003529</x:t>
   </x:si>
   <x:si>
-    <x:t>10.02.2025</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>COCA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 636</x:t>
   </x:si>
   <x:si>
     <x:t>АПС 0017096</x:t>
   </x:si>
   <x:si>
     <x:t>20.02.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>COVALIOVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 010179</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.02.2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 010178</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">BELAIA </x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000011294</x:t>
+  </x:si>
+  <x:si>
     <x:t>NEMȚANU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 640</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0069540</x:t>
   </x:si>
   <x:si>
-    <x:t>21.02.2025</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>CLIMOV</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 641</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0015971</x:t>
   </x:si>
   <x:si>
     <x:t>OLARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 642</x:t>
   </x:si>
   <x:si>
     <x:t>УВ 919519</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 643</x:t>
   </x:si>
   <x:si>
     <x:t>ЗВ 873843</x:t>
   </x:si>
   <x:si>
     <x:t>24.02.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 003971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.02.2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 003972</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 646</x:t>
   </x:si>
   <x:si>
     <x:t>LM 0027605</x:t>
   </x:si>
   <x:si>
-    <x:t>25.02.2025</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>BOERU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 647</x:t>
   </x:si>
   <x:si>
     <x:t>AL 0134516</x:t>
   </x:si>
   <x:si>
     <x:t>21.03.2025</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 648</x:t>
   </x:si>
   <x:si>
     <x:t>AL 004187</x:t>
   </x:si>
   <x:si>
     <x:t>24.03.2025</x:t>
   </x:si>
   <x:si>
     <x:t>VOLOBUEVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 649</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002280</x:t>
   </x:si>
   <x:si>
     <x:t>26.03.2025</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 651</x:t>
   </x:si>
   <x:si>
     <x:t>A 0017208</x:t>
   </x:si>
   <x:si>
     <x:t>31.03.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0055121</x:t>
+  </x:si>
+  <x:si>
     <x:t>PÎNZARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 652</x:t>
   </x:si>
   <x:si>
     <x:t>E 004975</x:t>
   </x:si>
   <x:si>
-    <x:t>CMV 650</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">ȚÎBULAC </x:t>
   </x:si>
   <x:si>
     <x:t>CMV 653</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002475</x:t>
   </x:si>
   <x:si>
     <x:t>04.04.2025</x:t>
   </x:si>
   <x:si>
     <x:t>Arina</x:t>
   </x:si>
   <x:si>
     <x:t>IONEL</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 654</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000003523</x:t>
   </x:si>
   <x:si>
     <x:t>16.04.2025</x:t>
@@ -7177,200 +7177,200 @@
   <x:si>
     <x:t>22.07.2025</x:t>
   </x:si>
   <x:si>
     <x:t>Reghina</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 675</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004602</x:t>
   </x:si>
   <x:si>
     <x:t>23.07.2025</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 676</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004629</x:t>
   </x:si>
   <x:si>
     <x:t>24.07.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>ALEXEEVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000004595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.07.2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ELIȚA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0032714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZELENIUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000004643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nichita</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUȘCOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000004607</x:t>
+  </x:si>
+  <x:si>
     <x:t>REABOI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 678</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004630</x:t>
   </x:si>
   <x:si>
-    <x:t>25.07.2025</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>PAVLIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 677</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004628</x:t>
   </x:si>
   <x:si>
-    <x:t>ALEXEEVA</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>Alin</x:t>
   </x:si>
   <x:si>
     <x:t>FRUMOSU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 683</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004609</x:t>
   </x:si>
   <x:si>
     <x:t>28.07.2025</x:t>
   </x:si>
   <x:si>
     <x:t>STRECHII</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 684</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004638</x:t>
   </x:si>
   <x:si>
     <x:t>30.07.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>LESNIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УВ 919833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04.08.2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMV 660</x:t>
   </x:si>
   <x:si>
     <x:t>KB 583339</x:t>
   </x:si>
   <x:si>
-    <x:t>04.08.2025</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>PALAMARCIUC</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 686</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004627</x:t>
   </x:si>
   <x:si>
     <x:t>06.08.2025</x:t>
   </x:si>
   <x:si>
     <x:t>GULICA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 687</x:t>
   </x:si>
   <x:si>
     <x:t>AL 007216</x:t>
   </x:si>
   <x:si>
     <x:t>08.08.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>OJOG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000011296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.08.2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>TODERICĂ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 689</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004640</x:t>
   </x:si>
   <x:si>
-    <x:t>13.08.2025</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Dinu</x:t>
   </x:si>
   <x:si>
     <x:t>DICA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 690</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004606</x:t>
   </x:si>
   <x:si>
     <x:t>19.08.2025</x:t>
   </x:si>
   <x:si>
     <x:t>MOROI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 691</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004623</x:t>
   </x:si>
   <x:si>
     <x:t>28.08.2025</x:t>
@@ -7456,113 +7456,113 @@
   <x:si>
     <x:t>LMI 000004596</x:t>
   </x:si>
   <x:si>
     <x:t>15.09.2025</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 699</x:t>
   </x:si>
   <x:si>
     <x:t>MB 986042</x:t>
   </x:si>
   <x:si>
     <x:t>18.09.2025</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 702</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000010870</x:t>
   </x:si>
   <x:si>
     <x:t>23.09.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>CMV 704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002253</x:t>
+  </x:si>
+  <x:si>
     <x:t>Viatalii</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">JURAVLIOV </x:t>
   </x:si>
   <x:si>
     <x:t>CMV 701</x:t>
   </x:si>
   <x:si>
     <x:t>Щ 724583</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">GÂRBU </x:t>
   </x:si>
   <x:si>
     <x:t>CMV 703</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000002277</x:t>
   </x:si>
   <x:si>
-    <x:t>CMV 704</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>DONICI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 705</x:t>
   </x:si>
   <x:si>
     <x:t>ПВ 612369</x:t>
   </x:si>
   <x:si>
     <x:t>30.09.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>DRAGOMIR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 707</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seria 104406 Nr. 0005660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02.10.2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Innokentiia</x:t>
   </x:si>
   <x:si>
     <x:t>NEMKOVSKAIA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 706</x:t>
   </x:si>
   <x:si>
     <x:t>Seria 107705 Nr. 0085370</x:t>
   </x:si>
   <x:si>
-    <x:t>02.10.2025</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Dmitri</x:t>
   </x:si>
   <x:si>
     <x:t>CHELEȘ</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 708</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000025748</x:t>
   </x:si>
   <x:si>
     <x:t>06.10.2025</x:t>
   </x:si>
   <x:si>
     <x:t>MOSCALU</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 709</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000005034</x:t>
   </x:si>
   <x:si>
     <x:t>09.10.2025</x:t>
@@ -7570,131 +7570,131 @@
   <x:si>
     <x:t xml:space="preserve">APOSTOL </x:t>
   </x:si>
   <x:si>
     <x:t>CMV 710</x:t>
   </x:si>
   <x:si>
     <x:t>LM 0066754</x:t>
   </x:si>
   <x:si>
     <x:t>23.10.2025</x:t>
   </x:si>
   <x:si>
     <x:t>DEDIULINA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 711</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000003516</x:t>
   </x:si>
   <x:si>
     <x:t>28.10.2025</x:t>
   </x:si>
   <x:si>
+    <x:t>ZIBIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 712</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000002189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.10.2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>BEZEDE</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 713</x:t>
   </x:si>
   <x:si>
     <x:t>Seria 107705 Nr. 0537823</x:t>
   </x:si>
   <x:si>
-    <x:t>29.10.2025</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">BEREZOVA </x:t>
   </x:si>
   <x:si>
     <x:t>CMV 714</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004599</x:t>
   </x:si>
   <x:si>
     <x:t>30.10.2025</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 715</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000012912</x:t>
   </x:si>
   <x:si>
     <x:t>06.11.2025</x:t>
   </x:si>
   <x:si>
     <x:t>GARABA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 716</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004612</x:t>
   </x:si>
   <x:si>
     <x:t>13.11.2025</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">BUTÎRSCAIA </x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.11.2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>JUGANARI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 718</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 000025732</x:t>
   </x:si>
   <x:si>
-    <x:t>24.11.2025</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CALPACCI</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 719</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000003510</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">BUTÎRSCAIA </x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>EVCO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 720</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000000037</x:t>
   </x:si>
   <x:si>
     <x:t>27.11.2025</x:t>
   </x:si>
   <x:si>
     <x:t>Valentyna</x:t>
   </x:si>
   <x:si>
     <x:t>KRYVENKO</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 721</x:t>
   </x:si>
   <x:si>
     <x:t>LMI 000004620</x:t>
   </x:si>
   <x:si>
     <x:t>28.11.2025</x:t>
@@ -7712,50 +7712,146 @@
     <x:t>19.12.2025</x:t>
   </x:si>
   <x:si>
     <x:t>TERZINOVA</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 723</x:t>
   </x:si>
   <x:si>
     <x:t>ALI 0000170098</x:t>
   </x:si>
   <x:si>
     <x:t>23.12.2025</x:t>
   </x:si>
   <x:si>
     <x:t>CHISTOL</x:t>
   </x:si>
   <x:si>
     <x:t>CMV 724</x:t>
   </x:si>
   <x:si>
     <x:t>AMC 000009108</x:t>
   </x:si>
   <x:si>
     <x:t>27.12.2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Doina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPOIALO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMC 000012920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOTNARI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0038570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">PÎNZARU </x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0056736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRAMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMI 000003519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUCEINIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MB 986054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARDARI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL 0105288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05.03.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADRIANOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 731</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALI 000011313</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.03.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DADU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMV 732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E 010308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.03.2026</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -8150,51 +8246,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G703"/>
+  <x:dimension ref="A1:G711"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="18.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.710625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
@@ -8236,97 +8332,97 @@
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="B4" s="0" t="s">
+      <x:c r="C4" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="C4" s="0" t="s">
+      <x:c r="D4" s="0" t="s">
         <x:v>20</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="B5" s="0" t="s">
+      <x:c r="C5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="C5" s="0" t="s">
+      <x:c r="D5" s="0" t="s">
         <x:v>24</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
@@ -8423,51 +8519,51 @@
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
@@ -8650,112 +8746,112 @@
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
@@ -8880,51 +8976,51 @@
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
@@ -8952,51 +9048,51 @@
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
@@ -9110,595 +9206,595 @@
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="B42" s="0" t="s">
+      <x:c r="C42" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="C42" s="0" t="s">
+      <x:c r="D42" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="D42" s="0" t="s">
+      <x:c r="E42" s="0" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="B43" s="0" t="s">
+      <x:c r="C43" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C43" s="0" t="s">
+      <x:c r="D43" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="B45" s="0" t="s">
+      <x:c r="C45" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="C45" s="0" t="s">
+      <x:c r="D45" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="D45" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="D46" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="D46" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="B50" s="0" t="s">
+      <x:c r="C50" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C50" s="0" t="s">
+      <x:c r="D50" s="0" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>213</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C51" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="C51" s="0" t="s">
+      <x:c r="D51" s="0" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C52" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D52" s="0" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C53" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="B53" s="0" t="s">
+      <x:c r="D53" s="0" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C54" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="C54" s="0" t="s">
+      <x:c r="D54" s="0" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C55" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C55" s="0" t="s">
+      <x:c r="D55" s="0" t="s">
         <x:v>228</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>229</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="C56" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="C56" s="0" t="s">
+      <x:c r="D56" s="0" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C57" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="B57" s="0" t="s">
+      <x:c r="D57" s="0" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C58" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="B58" s="0" t="s">
+      <x:c r="D58" s="0" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C59" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D59" s="0" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="B64" s="0" t="s">
+      <x:c r="C64" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="C64" s="0" t="s">
+      <x:c r="D64" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="D64" s="0" t="s">
+      <x:c r="E64" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="E64" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
@@ -9708,822 +9804,822 @@
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="0" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C71" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D71" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E71" s="0" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="B75" s="0" t="s">
+      <x:c r="C75" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="C75" s="0" t="s">
+      <x:c r="D75" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="D75" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="0" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="B76" s="0" t="s">
+      <x:c r="C76" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C76" s="0" t="s">
+      <x:c r="D76" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="D76" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C77" s="0" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D77" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="B77" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="0" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C78" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="D78" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="B78" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="0" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C79" s="0" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="D79" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="B79" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="C80" s="0" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D80" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="C80" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C81" s="0" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="D81" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="B81" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="D82" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="D82" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="0" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="B83" s="0" t="s">
+      <x:c r="C83" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="C83" s="0" t="s">
+      <x:c r="D83" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="D83" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="B86" s="0" t="s">
+      <x:c r="C86" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="C86" s="0" t="s">
+      <x:c r="D86" s="0" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>348</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="C91" s="0" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="D91" s="0" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="E91" s="0" t="s">
         <x:v>365</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C96" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="C96" s="0" t="s">
+      <x:c r="D96" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="D96" s="0" t="s">
+      <x:c r="E96" s="0" t="s">
         <x:v>385</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>386</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C97" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="C97" s="0" t="s">
+      <x:c r="D97" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="D97" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C98" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="C98" s="0" t="s">
+      <x:c r="D98" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="D98" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="C99" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="B99" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C99" s="0" t="s">
+      <x:c r="D99" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="D99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="B100" s="0" t="s">
+      <x:c r="C100" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="C100" s="0" t="s">
+      <x:c r="D100" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="D100" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
@@ -10559,388 +10655,388 @@
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="B105" s="0" t="s">
+      <x:c r="C105" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="C105" s="0" t="s">
+      <x:c r="D105" s="0" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>419</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="B107" s="0" t="s">
+      <x:c r="C107" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="C107" s="0" t="s">
+      <x:c r="D107" s="0" t="s">
         <x:v>425</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>426</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="0" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="C110" s="0" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="D110" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="E110" s="0" t="s">
         <x:v>434</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>433</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="B112" s="0" t="s">
+      <x:c r="C112" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="C112" s="0" t="s">
+      <x:c r="D112" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="D112" s="0" t="s">
+      <x:c r="E112" s="0" t="s">
         <x:v>445</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>446</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="C113" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="C113" s="0" t="s">
+      <x:c r="D113" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="D113" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E113" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
@@ -10950,235 +11046,235 @@
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="C124" s="0" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="D124" s="0" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="E124" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="C124" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F124" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
@@ -11206,117 +11302,117 @@
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
@@ -11387,787 +11483,787 @@
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="B148" s="0" t="s">
+      <x:c r="C148" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="C148" s="0" t="s">
+      <x:c r="D148" s="0" t="s">
         <x:v>579</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>580</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="C164" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
-      <x:c r="C164" s="0" t="s">
+      <x:c r="D164" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
-      <x:c r="D164" s="0" t="s">
+      <x:c r="E164" s="0" t="s">
         <x:v>635</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>636</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
-      <x:c r="B166" s="0" t="s">
+      <x:c r="C166" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
-      <x:c r="C166" s="0" t="s">
+      <x:c r="D166" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="D166" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E166" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="C167" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
-      <x:c r="C167" s="0" t="s">
+      <x:c r="D167" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
-      <x:c r="D167" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
       <x:c r="A168" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C169" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="C169" s="0" t="s">
+      <x:c r="D169" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="D169" s="0" t="s">
+      <x:c r="E169" s="0" t="s">
         <x:v>652</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>653</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="0" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
-      <x:c r="B170" s="0" t="s">
+      <x:c r="C170" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
-      <x:c r="C170" s="0" t="s">
+      <x:c r="D170" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
-      <x:c r="D170" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:7">
       <x:c r="A171" s="0" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
         <x:v>658</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>95</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:7">
       <x:c r="A172" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
       <x:c r="A173" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:7">
       <x:c r="A174" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
@@ -12192,100 +12288,100 @@
     <x:row r="175" spans="1:7">
       <x:c r="A175" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:7">
       <x:c r="A176" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:7">
       <x:c r="A177" s="0" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
         <x:v>682</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>474</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:7">
       <x:c r="A178" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:7">
       <x:c r="A179" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
@@ -12353,247 +12449,247 @@
     <x:row r="182" spans="1:7">
       <x:c r="A182" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:7">
       <x:c r="A183" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:7">
       <x:c r="A184" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="C184" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
-      <x:c r="C184" s="0" t="s">
+      <x:c r="D184" s="0" t="s">
         <x:v>712</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>713</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:7">
       <x:c r="A185" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="C185" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
-      <x:c r="C185" s="0" t="s">
+      <x:c r="D185" s="0" t="s">
         <x:v>715</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>716</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:7">
       <x:c r="A186" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:7">
       <x:c r="A187" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:7">
       <x:c r="A188" s="0" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="B188" s="0" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="C188" s="0" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="D188" s="0" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="E188" s="0" t="s">
         <x:v>723</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>722</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:7">
       <x:c r="A189" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:7">
       <x:c r="A190" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:7">
       <x:c r="A191" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:7">
       <x:c r="A192" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
@@ -12629,304 +12725,304 @@
     <x:row r="194" spans="1:7">
       <x:c r="A194" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:7">
       <x:c r="A195" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:7">
       <x:c r="A196" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:7">
       <x:c r="A197" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:7">
       <x:c r="A198" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="C198" s="0" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="D198" s="0" t="s">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="E198" s="0" t="s">
         <x:v>760</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>758</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:7">
       <x:c r="A199" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:7">
       <x:c r="A200" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:7">
       <x:c r="A201" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:7">
       <x:c r="A202" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>774</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:7">
       <x:c r="A203" s="0" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
-      <x:c r="B203" s="0" t="s">
+      <x:c r="C203" s="0" t="s">
         <x:v>778</x:v>
       </x:c>
-      <x:c r="C203" s="0" t="s">
+      <x:c r="D203" s="0" t="s">
         <x:v>779</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>780</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:7">
       <x:c r="A204" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:7">
       <x:c r="A205" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:7">
       <x:c r="A206" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:7">
       <x:c r="A207" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
@@ -13043,350 +13139,350 @@
     <x:row r="212" spans="1:7">
       <x:c r="A212" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:7">
       <x:c r="A213" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:7">
       <x:c r="A214" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:7">
       <x:c r="A215" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:7">
       <x:c r="A216" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>825</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:7">
       <x:c r="A217" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:7">
       <x:c r="A218" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:7">
       <x:c r="A219" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:7">
       <x:c r="A220" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:7">
       <x:c r="A221" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:7">
       <x:c r="A222" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:7">
       <x:c r="A223" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:7">
       <x:c r="A224" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:7">
       <x:c r="A225" s="0" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:7">
       <x:c r="A226" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:7">
       <x:c r="A227" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
@@ -13457,514 +13553,514 @@
     <x:row r="230" spans="1:7">
       <x:c r="A230" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:7">
       <x:c r="A231" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:7">
       <x:c r="A232" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:7">
       <x:c r="A233" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:7">
       <x:c r="A234" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:7">
       <x:c r="A235" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>890</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:7">
       <x:c r="A236" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:7">
       <x:c r="A237" s="0" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:7">
       <x:c r="A238" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:7">
       <x:c r="A239" s="0" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:7">
       <x:c r="A240" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:7">
       <x:c r="A241" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:7">
       <x:c r="A242" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:7">
       <x:c r="A243" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>922</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:7">
       <x:c r="A244" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:7">
       <x:c r="A245" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>929</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:7">
       <x:c r="A246" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:7">
       <x:c r="A247" s="0" t="s">
         <x:v>934</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>935</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>936</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:7">
       <x:c r="A248" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>939</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>940</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>941</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:7">
       <x:c r="A249" s="0" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="B249" s="0" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="C249" s="0" t="s">
         <x:v>942</x:v>
       </x:c>
-      <x:c r="B249" s="0" t="s">
+      <x:c r="D249" s="0" t="s">
         <x:v>943</x:v>
       </x:c>
-      <x:c r="C249" s="0" t="s">
+      <x:c r="E249" s="0" t="s">
         <x:v>944</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>946</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:7">
       <x:c r="A250" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>947</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>948</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
-        <x:v>946</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:7">
       <x:c r="A251" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>949</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>950</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>951</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:7">
       <x:c r="A252" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>952</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
@@ -13986,143 +14082,143 @@
     <x:row r="253" spans="1:7">
       <x:c r="A253" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>956</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>957</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>958</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>959</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:7">
       <x:c r="A254" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B254" s="0" t="s">
         <x:v>960</x:v>
       </x:c>
-      <x:c r="B254" s="0" t="s">
+      <x:c r="C254" s="0" t="s">
         <x:v>961</x:v>
       </x:c>
-      <x:c r="C254" s="0" t="s">
+      <x:c r="D254" s="0" t="s">
         <x:v>962</x:v>
       </x:c>
-      <x:c r="D254" s="0" t="s">
+      <x:c r="E254" s="0" t="s">
         <x:v>963</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>964</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:7">
       <x:c r="A255" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>965</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>966</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>967</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
-        <x:v>964</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:7">
       <x:c r="A256" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>969</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>970</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>971</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:7">
       <x:c r="A257" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>972</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>973</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>974</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>975</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:7">
       <x:c r="A258" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>976</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>977</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>979</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:7">
       <x:c r="A259" s="0" t="s">
         <x:v>980</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
@@ -14147,100 +14243,100 @@
     <x:row r="260" spans="1:7">
       <x:c r="A260" s="0" t="s">
         <x:v>985</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>986</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>987</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>988</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>989</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:7">
       <x:c r="A261" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>990</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>991</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
         <x:v>992</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>993</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:7">
       <x:c r="A262" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>994</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>995</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>996</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:7">
       <x:c r="A263" s="0" t="s">
         <x:v>934</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>997</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>998</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>996</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:7">
       <x:c r="A264" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
@@ -14262,695 +14358,695 @@
     <x:row r="265" spans="1:7">
       <x:c r="A265" s="0" t="s">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:7">
       <x:c r="A266" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>1007</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>1008</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>1009</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:7">
       <x:c r="A267" s="0" t="s">
-        <x:v>1011</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:7">
       <x:c r="A268" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>1016</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>1017</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:7">
       <x:c r="A269" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>1020</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>1021</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:7">
       <x:c r="A270" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:7">
       <x:c r="A271" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>1028</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:7">
       <x:c r="A272" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>1029</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:7">
       <x:c r="A273" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>1034</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
         <x:v>1035</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:7">
       <x:c r="A274" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>1037</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:7">
       <x:c r="A275" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>1040</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>1041</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
-        <x:v>1042</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:7">
       <x:c r="A276" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>1043</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
-        <x:v>1042</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:7">
       <x:c r="A277" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:7">
       <x:c r="A278" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>1049</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>1050</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>1051</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
-        <x:v>1052</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:7">
       <x:c r="A279" s="0" t="s">
-        <x:v>1053</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>1054</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>1055</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
         <x:v>1056</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
-        <x:v>1052</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:7">
       <x:c r="A280" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
         <x:v>1059</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
-        <x:v>1052</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:7">
       <x:c r="A281" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>1060</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>1061</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
         <x:v>1062</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:7">
       <x:c r="A282" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B282" s="0" t="s">
         <x:v>1064</x:v>
       </x:c>
-      <x:c r="B282" s="0" t="s">
+      <x:c r="C282" s="0" t="s">
         <x:v>1065</x:v>
       </x:c>
-      <x:c r="C282" s="0" t="s">
+      <x:c r="D282" s="0" t="s">
         <x:v>1066</x:v>
       </x:c>
-      <x:c r="D282" s="0" t="s">
+      <x:c r="E282" s="0" t="s">
         <x:v>1067</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1068</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:7">
       <x:c r="A283" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
         <x:v>1071</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
-        <x:v>1068</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:7">
       <x:c r="A284" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
         <x:v>1074</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
-        <x:v>1068</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:7">
       <x:c r="A285" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B285" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
-      <x:c r="B285" s="0" t="s">
+      <x:c r="C285" s="0" t="s">
         <x:v>1076</x:v>
       </x:c>
-      <x:c r="C285" s="0" t="s">
+      <x:c r="D285" s="0" t="s">
         <x:v>1077</x:v>
       </x:c>
-      <x:c r="D285" s="0" t="s">
+      <x:c r="E285" s="0" t="s">
         <x:v>1078</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1079</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:7">
       <x:c r="A286" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>1080</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
-        <x:v>1079</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:7">
       <x:c r="A287" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>1083</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>1084</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
-        <x:v>1079</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:7">
       <x:c r="A288" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
-        <x:v>1079</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:7">
       <x:c r="A289" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>1090</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>1091</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:7">
       <x:c r="A290" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>1093</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>1094</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
         <x:v>1095</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:7">
       <x:c r="A291" s="0" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="B291" s="0" t="s">
         <x:v>1097</x:v>
       </x:c>
-      <x:c r="B291" s="0" t="s">
+      <x:c r="C291" s="0" t="s">
         <x:v>1098</x:v>
       </x:c>
-      <x:c r="C291" s="0" t="s">
+      <x:c r="D291" s="0" t="s">
         <x:v>1099</x:v>
       </x:c>
-      <x:c r="D291" s="0" t="s">
+      <x:c r="E291" s="0" t="s">
         <x:v>1100</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1101</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:7">
       <x:c r="A292" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c r="C292" s="0" t="s">
         <x:v>1102</x:v>
       </x:c>
-      <x:c r="C292" s="0" t="s">
+      <x:c r="D292" s="0" t="s">
         <x:v>1103</x:v>
       </x:c>
-      <x:c r="D292" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E292" s="0" t="s">
-        <x:v>1101</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:7">
       <x:c r="A293" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>1107</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
-        <x:v>1101</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:7">
       <x:c r="A294" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>1108</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:7">
       <x:c r="A295" s="0" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
@@ -15021,1454 +15117,1454 @@
     <x:row r="298" spans="1:7">
       <x:c r="A298" s="0" t="s">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:7">
       <x:c r="A299" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>1132</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:7">
       <x:c r="A300" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>1133</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
         <x:v>1134</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>1135</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:7">
       <x:c r="A301" s="0" t="s">
-        <x:v>1011</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>1136</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
         <x:v>1138</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>1135</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:7">
       <x:c r="A302" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>1139</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
         <x:v>1140</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
         <x:v>1141</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>1142</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:7">
       <x:c r="A303" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
         <x:v>1145</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:7">
       <x:c r="A304" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>1147</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:7">
       <x:c r="A305" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>1151</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
         <x:v>1152</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:7">
       <x:c r="A306" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>1147</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:7">
       <x:c r="A307" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>1155</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>1156</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>1158</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:7">
       <x:c r="A308" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>1159</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>1160</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>1161</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>1158</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:7">
       <x:c r="A309" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>1162</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>1163</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>1164</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:7">
       <x:c r="A310" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>1166</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>1167</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:7">
       <x:c r="A311" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>1168</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>1169</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>1170</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:7">
       <x:c r="A312" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>1171</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
         <x:v>1172</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:7">
       <x:c r="A313" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>1173</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>1174</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
         <x:v>1175</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:7">
       <x:c r="A314" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>1176</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>1177</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
         <x:v>1178</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:7">
       <x:c r="A315" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>1179</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>1180</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>1181</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
-        <x:v>1182</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:7">
       <x:c r="A316" s="0" t="s">
-        <x:v>1183</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>1184</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>1185</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>1186</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
-        <x:v>1182</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:7">
       <x:c r="A317" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>1187</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>1188</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:7">
       <x:c r="A318" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
-        <x:v>1191</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>1192</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>1193</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
-        <x:v>1194</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:7">
       <x:c r="A319" s="0" t="s">
-        <x:v>1195</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>1197</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>1198</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
-        <x:v>1194</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:7">
       <x:c r="A320" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>1200</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>1201</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:7">
       <x:c r="A321" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B321" s="0" t="s">
         <x:v>1203</x:v>
       </x:c>
-      <x:c r="B321" s="0" t="s">
+      <x:c r="C321" s="0" t="s">
         <x:v>1204</x:v>
       </x:c>
-      <x:c r="C321" s="0" t="s">
+      <x:c r="D321" s="0" t="s">
         <x:v>1205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1206</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:7">
       <x:c r="A322" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
+        <x:v>1206</x:v>
+      </x:c>
+      <x:c r="C322" s="0" t="s">
         <x:v>1207</x:v>
       </x:c>
-      <x:c r="C322" s="0" t="s">
+      <x:c r="D322" s="0" t="s">
         <x:v>1208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1209</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:7">
       <x:c r="A323" s="0" t="s">
+        <x:v>1209</x:v>
+      </x:c>
+      <x:c r="B323" s="0" t="s">
         <x:v>1210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>952</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>1211</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>1212</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:7">
       <x:c r="A324" s="0" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="B324" s="0" t="s">
         <x:v>1213</x:v>
       </x:c>
-      <x:c r="B324" s="0" t="s">
+      <x:c r="C324" s="0" t="s">
         <x:v>1214</x:v>
       </x:c>
-      <x:c r="C324" s="0" t="s">
+      <x:c r="D324" s="0" t="s">
         <x:v>1215</x:v>
       </x:c>
-      <x:c r="D324" s="0" t="s">
+      <x:c r="E324" s="0" t="s">
         <x:v>1216</x:v>
       </x:c>
-      <x:c r="E324" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F324" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:7">
       <x:c r="A325" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>1218</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>1219</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
-        <x:v>1217</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:7">
       <x:c r="A326" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>1221</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>1222</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>1223</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>1224</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:7">
       <x:c r="A327" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>1225</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>1226</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>1228</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:7">
       <x:c r="A328" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
+        <x:v>1075</x:v>
+      </x:c>
+      <x:c r="C328" s="0" t="s">
         <x:v>1229</x:v>
       </x:c>
-      <x:c r="C328" s="0" t="s">
+      <x:c r="D328" s="0" t="s">
         <x:v>1230</x:v>
       </x:c>
-      <x:c r="D328" s="0" t="s">
+      <x:c r="E328" s="0" t="s">
         <x:v>1231</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1232</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:7">
       <x:c r="A329" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
         <x:v>1233</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
-        <x:v>1232</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:7">
       <x:c r="A330" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>1235</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>1236</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>1237</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
-        <x:v>1232</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:7">
       <x:c r="A331" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>1238</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>1239</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>1240</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>1241</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:7">
       <x:c r="A332" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>1242</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>1243</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>1241</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:7">
       <x:c r="A333" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>1245</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>1246</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>1247</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>1241</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:7">
       <x:c r="A334" s="0" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="B334" s="0" t="s">
         <x:v>1248</x:v>
       </x:c>
-      <x:c r="B334" s="0" t="s">
+      <x:c r="C334" s="0" t="s">
         <x:v>1249</x:v>
       </x:c>
-      <x:c r="C334" s="0" t="s">
+      <x:c r="D334" s="0" t="s">
         <x:v>1250</x:v>
       </x:c>
-      <x:c r="D334" s="0" t="s">
+      <x:c r="E334" s="0" t="s">
         <x:v>1251</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1252</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:7">
       <x:c r="A335" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>1253</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>1254</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
         <x:v>1255</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:7">
       <x:c r="A336" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="C336" s="0" t="s">
         <x:v>1256</x:v>
       </x:c>
-      <x:c r="C336" s="0" t="s">
+      <x:c r="D336" s="0" t="s">
         <x:v>1257</x:v>
       </x:c>
-      <x:c r="D336" s="0" t="s">
+      <x:c r="E336" s="0" t="s">
         <x:v>1258</x:v>
       </x:c>
-      <x:c r="E336" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F336" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:7">
       <x:c r="A337" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
+        <x:v>1259</x:v>
+      </x:c>
+      <x:c r="C337" s="0" t="s">
         <x:v>1260</x:v>
       </x:c>
-      <x:c r="C337" s="0" t="s">
+      <x:c r="D337" s="0" t="s">
         <x:v>1261</x:v>
       </x:c>
-      <x:c r="D337" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E337" s="0" t="s">
-        <x:v>1259</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:7">
       <x:c r="A338" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>1263</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>1264</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
-        <x:v>1259</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:7">
       <x:c r="A339" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B339" s="0" t="s">
         <x:v>1265</x:v>
       </x:c>
-      <x:c r="B339" s="0" t="s">
+      <x:c r="C339" s="0" t="s">
         <x:v>1266</x:v>
       </x:c>
-      <x:c r="C339" s="0" t="s">
+      <x:c r="D339" s="0" t="s">
         <x:v>1267</x:v>
       </x:c>
-      <x:c r="D339" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E339" s="0" t="s">
-        <x:v>1259</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:7">
       <x:c r="A340" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>1269</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>1270</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
         <x:v>1271</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
-        <x:v>1259</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:7">
       <x:c r="A341" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>1272</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>1273</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>1274</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>1275</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:7">
       <x:c r="A342" s="0" t="s">
         <x:v>1276</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>1277</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>1278</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>1279</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>1275</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:7">
       <x:c r="A343" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>1280</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>1281</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>1282</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>1275</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:7">
       <x:c r="A344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>1283</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>1284</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>1285</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>1286</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:7">
       <x:c r="A345" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>1287</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>1288</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
         <x:v>1289</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>1290</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:7">
       <x:c r="A346" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>1291</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>1292</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
         <x:v>1293</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>1294</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:7">
       <x:c r="A347" s="0" t="s">
         <x:v>1116</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>1295</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>1296</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
         <x:v>1297</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>1298</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:7">
       <x:c r="A348" s="0" t="s">
         <x:v>1299</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>1300</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>1301</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>1302</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:7">
       <x:c r="A349" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>1303</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>1304</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>1305</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>1302</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:7">
       <x:c r="A350" s="0" t="s">
         <x:v>1306</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>1307</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>1308</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>1309</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>1310</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:7">
       <x:c r="A351" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>1311</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>1312</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>1310</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:7">
       <x:c r="A352" s="0" t="s">
-        <x:v>1097</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>1313</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>1314</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>1315</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>1316</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:7">
       <x:c r="A353" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>1318</x:v>
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>1319</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
-        <x:v>1320</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:7">
       <x:c r="A354" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>1322</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>1323</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
         <x:v>1324</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
-        <x:v>1320</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:7">
       <x:c r="A355" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>1325</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>1326</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
         <x:v>1327</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
-        <x:v>1320</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:7">
       <x:c r="A356" s="0" t="s">
         <x:v>1328</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>1329</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>1330</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>1331</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>1332</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:7">
       <x:c r="A357" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>1333</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>1334</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>1335</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>1332</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:7">
       <x:c r="A358" s="0" t="s">
-        <x:v>1336</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>1338</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>1332</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:7">
       <x:c r="A359" s="0" t="s">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>1341</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>1342</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
         <x:v>1343</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>1332</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:7">
       <x:c r="A360" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>1344</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>1345</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>1332</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:7">
       <x:c r="A361" s="0" t="s">
         <x:v>1347</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
@@ -16516,514 +16612,514 @@
     <x:row r="363" spans="1:7">
       <x:c r="A363" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>1356</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>1357</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>1358</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>1359</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:7">
       <x:c r="A364" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B364" s="0" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="C364" s="0" t="s">
         <x:v>1360</x:v>
       </x:c>
-      <x:c r="B364" s="0" t="s">
+      <x:c r="D364" s="0" t="s">
         <x:v>1361</x:v>
       </x:c>
-      <x:c r="C364" s="0" t="s">
+      <x:c r="E364" s="0" t="s">
         <x:v>1362</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1364</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:7">
       <x:c r="A365" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
+        <x:v>1364</x:v>
+      </x:c>
+      <x:c r="D365" s="0" t="s">
         <x:v>1365</x:v>
       </x:c>
-      <x:c r="D365" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E365" s="0" t="s">
-        <x:v>1364</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:7">
       <x:c r="A366" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>1367</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>1369</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
-        <x:v>1364</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:7">
       <x:c r="A367" s="0" t="s">
         <x:v>1370</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>1371</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>1372</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
         <x:v>1373</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
-        <x:v>1364</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:7">
       <x:c r="A368" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>1374</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
         <x:v>1375</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
         <x:v>1376</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>1377</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:7">
       <x:c r="A369" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>1378</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>1379</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
         <x:v>1380</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>1377</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:7">
       <x:c r="A370" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>1381</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>1382</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>1383</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
-        <x:v>1384</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:7">
       <x:c r="A371" s="0" t="s">
-        <x:v>1385</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>1386</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>1387</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
         <x:v>1388</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
-        <x:v>1384</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:7">
       <x:c r="A372" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>1389</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
         <x:v>1390</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
-        <x:v>1384</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:7">
       <x:c r="A373" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>1391</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>1392</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
         <x:v>1393</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>1394</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:7">
       <x:c r="A374" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>1395</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>1395</x:v>
+        <x:v>1396</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>1396</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
-        <x:v>1397</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:7">
       <x:c r="A375" s="0" t="s">
-        <x:v>1328</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
+        <x:v>1399</x:v>
+      </x:c>
+      <x:c r="C375" s="0" t="s">
+        <x:v>1400</x:v>
+      </x:c>
+      <x:c r="D375" s="0" t="s">
+        <x:v>1401</x:v>
+      </x:c>
+      <x:c r="E375" s="0" t="s">
         <x:v>1398</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1397</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:7">
       <x:c r="A376" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>1401</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>1402</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
         <x:v>1403</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
-        <x:v>1397</x:v>
+        <x:v>1398</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:7">
       <x:c r="A377" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>1404</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>1405</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
         <x:v>1406</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>1407</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:7">
       <x:c r="A378" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>1408</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>1409</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
         <x:v>1410</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>1411</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:7">
       <x:c r="A379" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>1412</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>1413</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
         <x:v>1414</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>1415</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:7">
       <x:c r="A380" s="0" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="B380" s="0" t="s">
         <x:v>1416</x:v>
       </x:c>
-      <x:c r="B380" s="0" t="s">
+      <x:c r="C380" s="0" t="s">
         <x:v>1417</x:v>
       </x:c>
-      <x:c r="C380" s="0" t="s">
+      <x:c r="D380" s="0" t="s">
         <x:v>1418</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1419</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>1415</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:7">
       <x:c r="A381" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
+        <x:v>1419</x:v>
+      </x:c>
+      <x:c r="C381" s="0" t="s">
         <x:v>1420</x:v>
       </x:c>
-      <x:c r="C381" s="0" t="s">
+      <x:c r="D381" s="0" t="s">
         <x:v>1421</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1422</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>1415</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:7">
       <x:c r="A382" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>1422</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>1423</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
         <x:v>1424</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>1415</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:7">
       <x:c r="A383" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>1425</x:v>
+        <x:v>1426</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>1426</x:v>
+        <x:v>1427</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>1427</x:v>
+        <x:v>1428</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>1415</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:7">
       <x:c r="A384" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
         <x:v>1429</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
         <x:v>1430</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>1415</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:7">
       <x:c r="A385" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>1431</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
@@ -17091,675 +17187,675 @@
     <x:row r="388" spans="1:7">
       <x:c r="A388" s="0" t="s">
         <x:v>1442</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>1443</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>1444</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>1445</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>1446</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:7">
       <x:c r="A389" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>1447</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>1448</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>1449</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>1446</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:7">
       <x:c r="A390" s="0" t="s">
-        <x:v>1011</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>1450</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>1451</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>1452</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:7">
       <x:c r="A391" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>1454</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>1454</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>1035</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:7">
       <x:c r="A392" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>990</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>1455</x:v>
+        <x:v>1457</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>1456</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:7">
       <x:c r="A393" s="0" t="s">
-        <x:v>1011</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>1457</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>1458</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
         <x:v>1459</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:7">
       <x:c r="A394" s="0" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>1460</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>1461</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
         <x:v>1462</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:7">
       <x:c r="A395" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>1463</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>1464</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
         <x:v>1465</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>1466</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:7">
       <x:c r="A396" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>1467</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>1468</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
         <x:v>1469</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>1466</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:7">
       <x:c r="A397" s="0" t="s">
-        <x:v>1011</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>1470</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>1471</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
         <x:v>1472</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>1466</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:7">
       <x:c r="A398" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>1473</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>1474</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
         <x:v>1475</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>1476</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:7">
       <x:c r="A399" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>1477</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>1478</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
         <x:v>1479</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>1476</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:7">
       <x:c r="A400" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>1481</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
         <x:v>1482</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>1483</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:7">
       <x:c r="A401" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
         <x:v>1484</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
         <x:v>1485</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>1483</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:7">
       <x:c r="A402" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>1486</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>1487</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
         <x:v>1488</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>1483</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:7">
       <x:c r="A403" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>1489</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>1490</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
         <x:v>1491</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>1492</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:7">
       <x:c r="A404" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>1493</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>1494</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
         <x:v>1495</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>1492</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:7">
       <x:c r="A405" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>1496</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>1497</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
         <x:v>1498</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>1499</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:7">
       <x:c r="A406" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>1500</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>1501</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
         <x:v>1502</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>1503</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:7">
       <x:c r="A407" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>1504</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>1505</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
         <x:v>1506</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>1503</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:7">
       <x:c r="A408" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>1507</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>1508</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
         <x:v>1509</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>1503</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:7">
       <x:c r="A409" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>1510</x:v>
+        <x:v>1511</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>1511</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
-        <x:v>1512</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:7">
       <x:c r="A410" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
+        <x:v>1514</x:v>
+      </x:c>
+      <x:c r="C410" s="0" t="s">
+        <x:v>1515</x:v>
+      </x:c>
+      <x:c r="D410" s="0" t="s">
+        <x:v>1516</x:v>
+      </x:c>
+      <x:c r="E410" s="0" t="s">
         <x:v>1513</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1512</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:7">
       <x:c r="A411" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>1516</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>1517</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
         <x:v>1518</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
-        <x:v>1512</x:v>
+        <x:v>1513</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:7">
       <x:c r="A412" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>1519</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
         <x:v>1520</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
         <x:v>1521</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>1522</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:7">
       <x:c r="A413" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>1523</x:v>
+        <x:v>1524</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>1524</x:v>
+        <x:v>1525</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>1525</x:v>
+        <x:v>1526</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
-        <x:v>1526</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:7">
       <x:c r="A414" s="0" t="s">
-        <x:v>1527</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>1528</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>1529</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>1530</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
-        <x:v>1526</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:7">
       <x:c r="A415" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>1531</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>1532</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>1533</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
-        <x:v>1526</x:v>
+        <x:v>1527</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:7">
       <x:c r="A416" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>1513</x:v>
+        <x:v>1510</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>1534</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>1535</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>1536</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:7">
       <x:c r="A417" s="0" t="s">
         <x:v>1537</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>1538</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
@@ -17781,2075 +17877,2075 @@
     <x:row r="418" spans="1:7">
       <x:c r="A418" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>1541</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>1542</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
         <x:v>1543</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>1536</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:7">
       <x:c r="A419" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>1544</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>1545</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>1546</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>1547</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:7">
       <x:c r="A420" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>1549</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>1550</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>1547</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:7">
       <x:c r="A421" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>1551</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>1552</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>1554</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:7">
       <x:c r="A422" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>1555</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>1556</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
         <x:v>1557</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>1554</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:7">
       <x:c r="A423" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>1558</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
         <x:v>1559</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
         <x:v>1560</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>1554</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:7">
       <x:c r="A424" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>1561</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>1561</x:v>
+        <x:v>1562</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>1562</x:v>
+        <x:v>1563</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
-        <x:v>1563</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:7">
       <x:c r="A425" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>1564</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
         <x:v>1565</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
         <x:v>1566</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
-        <x:v>1563</x:v>
+        <x:v>1564</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:7">
       <x:c r="A426" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>1567</x:v>
+        <x:v>1568</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>1568</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
-        <x:v>1569</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:7">
       <x:c r="A427" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>1570</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>1571</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
         <x:v>1572</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
-        <x:v>1569</x:v>
+        <x:v>1570</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:7">
       <x:c r="A428" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>1573</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>1574</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
         <x:v>1575</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>1576</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:7">
       <x:c r="A429" s="0" t="s">
         <x:v>1537</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>1577</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>1578</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
         <x:v>1579</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>1580</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:7">
       <x:c r="A430" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>1581</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>1582</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
         <x:v>1583</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>1584</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:7">
       <x:c r="A431" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>1585</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
         <x:v>1586</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
         <x:v>1587</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>1584</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:7">
       <x:c r="A432" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>1588</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
         <x:v>1589</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>1590</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:7">
       <x:c r="A433" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>1591</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
         <x:v>1592</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
         <x:v>1593</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>1594</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:7">
       <x:c r="A434" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>1595</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
         <x:v>1596</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
         <x:v>1597</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>1594</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:7">
       <x:c r="A435" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>1598</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
         <x:v>1599</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>1600</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>1601</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:7">
       <x:c r="A436" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>1602</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>1603</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>1601</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:7">
       <x:c r="A437" s="0" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="B437" s="0" t="s">
         <x:v>1604</x:v>
       </x:c>
-      <x:c r="B437" s="0" t="s">
+      <x:c r="C437" s="0" t="s">
         <x:v>1605</x:v>
       </x:c>
-      <x:c r="C437" s="0" t="s">
+      <x:c r="D437" s="0" t="s">
         <x:v>1606</x:v>
       </x:c>
-      <x:c r="D437" s="0" t="s">
+      <x:c r="E437" s="0" t="s">
         <x:v>1607</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1608</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:7">
       <x:c r="A438" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>1608</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>1609</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>1610</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
         <x:v>1611</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
-        <x:v>1608</x:v>
+        <x:v>1607</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:7">
       <x:c r="A439" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>1609</x:v>
+        <x:v>1604</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
         <x:v>1612</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
         <x:v>1613</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>1614</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:7">
       <x:c r="A440" s="0" t="s">
         <x:v>1615</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>935</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
         <x:v>1616</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
         <x:v>1617</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>1614</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:7">
       <x:c r="A441" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>1618</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
         <x:v>1619</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
         <x:v>1620</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>1621</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:7">
       <x:c r="A442" s="0" t="s">
-        <x:v>1097</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>1622</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
         <x:v>1623</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>1624</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>1625</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:7">
       <x:c r="A443" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="C443" s="0" t="s">
         <x:v>1626</x:v>
       </x:c>
-      <x:c r="C443" s="0" t="s">
+      <x:c r="D443" s="0" t="s">
         <x:v>1627</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1628</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>1625</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:7">
       <x:c r="A444" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>1628</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>1629</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>1630</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>1631</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>1625</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:7">
       <x:c r="A445" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>1632</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>1632</x:v>
+        <x:v>1633</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>1633</x:v>
+        <x:v>1634</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>1625</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:7">
       <x:c r="A446" s="0" t="s">
-        <x:v>1634</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>1635</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
         <x:v>1636</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
         <x:v>1637</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>1625</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:7">
       <x:c r="A447" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>1638</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
         <x:v>1639</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
         <x:v>1640</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>1641</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:7">
       <x:c r="A448" s="0" t="s">
-        <x:v>1213</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>1638</x:v>
+        <x:v>1642</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>1642</x:v>
+        <x:v>1643</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>1643</x:v>
+        <x:v>1644</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>1641</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:7">
       <x:c r="A449" s="0" t="s">
-        <x:v>1213</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>1644</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
         <x:v>1645</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
         <x:v>1646</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>1641</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:7">
       <x:c r="A450" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>1647</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
         <x:v>1648</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
         <x:v>1649</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>1641</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:7">
       <x:c r="A451" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>1026</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
         <x:v>1650</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
         <x:v>1651</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>1652</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:7">
       <x:c r="A452" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>1653</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>1653</x:v>
+        <x:v>1654</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>1654</x:v>
+        <x:v>1655</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>1655</x:v>
+        <x:v>1656</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
-        <x:v>1656</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:7">
       <x:c r="A453" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>1570</x:v>
+        <x:v>1567</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
+        <x:v>1658</x:v>
+      </x:c>
+      <x:c r="D453" s="0" t="s">
+        <x:v>1659</x:v>
+      </x:c>
+      <x:c r="E453" s="0" t="s">
         <x:v>1657</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1656</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:7">
       <x:c r="A454" s="0" t="s">
-        <x:v>1659</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>1660</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
         <x:v>1661</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
         <x:v>1662</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
-        <x:v>1656</x:v>
+        <x:v>1657</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:7">
       <x:c r="A455" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>1663</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
         <x:v>1664</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
         <x:v>1665</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>1666</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:7">
       <x:c r="A456" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>1291</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
         <x:v>1667</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
         <x:v>1668</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>1669</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:7">
       <x:c r="A457" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>1670</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>1671</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
         <x:v>1672</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>1673</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:7">
       <x:c r="A458" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>1674</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
         <x:v>1675</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
         <x:v>1676</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>1677</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:7">
       <x:c r="A459" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>1678</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
         <x:v>1679</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
         <x:v>1680</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>1677</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:7">
       <x:c r="A460" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>1681</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
         <x:v>1682</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
         <x:v>1683</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>1684</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:7">
       <x:c r="A461" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
         <x:v>1685</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
         <x:v>1686</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>1687</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:7">
       <x:c r="A462" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>1688</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
         <x:v>1689</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
         <x:v>1690</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>1691</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:7">
       <x:c r="A463" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>1692</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
         <x:v>1693</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
         <x:v>1694</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>1695</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:7">
       <x:c r="A464" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>1696</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
         <x:v>1697</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
         <x:v>1698</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>1695</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:7">
       <x:c r="A465" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>1699</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
         <x:v>1700</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
         <x:v>1701</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>1702</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:7">
       <x:c r="A466" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>1463</x:v>
+        <x:v>1467</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
         <x:v>1703</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
         <x:v>1704</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>1705</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:7">
       <x:c r="A467" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>1706</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
         <x:v>1707</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
         <x:v>1708</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>1709</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:7">
       <x:c r="A468" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="B468" s="0" t="s">
         <x:v>1710</x:v>
       </x:c>
-      <x:c r="B468" s="0" t="s">
+      <x:c r="C468" s="0" t="s">
         <x:v>1711</x:v>
       </x:c>
-      <x:c r="C468" s="0" t="s">
+      <x:c r="D468" s="0" t="s">
         <x:v>1712</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1713</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>1709</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:7">
       <x:c r="A469" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
+        <x:v>1713</x:v>
+      </x:c>
+      <x:c r="C469" s="0" t="s">
         <x:v>1714</x:v>
       </x:c>
-      <x:c r="C469" s="0" t="s">
+      <x:c r="D469" s="0" t="s">
         <x:v>1715</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1716</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>1709</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:7">
       <x:c r="A470" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>1717</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
         <x:v>1718</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
         <x:v>1719</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>1709</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:7">
       <x:c r="A471" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>1720</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
         <x:v>1721</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
         <x:v>1722</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>1709</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:7">
       <x:c r="A472" s="0" t="s">
-        <x:v>1527</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>1723</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
         <x:v>1724</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
         <x:v>1725</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>1726</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:7">
       <x:c r="A473" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>1727</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
         <x:v>1728</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
         <x:v>1729</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>1726</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:7">
       <x:c r="A474" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
         <x:v>1730</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
         <x:v>1731</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>1732</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:7">
       <x:c r="A475" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>1733</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
         <x:v>1734</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
         <x:v>1735</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>1732</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:7">
       <x:c r="A476" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>1736</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
         <x:v>1737</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
         <x:v>1738</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>1739</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:7">
       <x:c r="A477" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>976</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
         <x:v>1740</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
         <x:v>1741</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>1742</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:7">
       <x:c r="A478" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>1743</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
         <x:v>1744</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
         <x:v>1745</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>1746</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:7">
       <x:c r="A479" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>1747</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
         <x:v>1748</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
         <x:v>1749</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>1750</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:7">
       <x:c r="A480" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>1751</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
         <x:v>1752</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
         <x:v>1753</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>1754</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:7">
       <x:c r="A481" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
         <x:v>1755</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
         <x:v>1756</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>1757</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:7">
       <x:c r="A482" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>1758</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
         <x:v>1759</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
         <x:v>1760</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>1761</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:7">
       <x:c r="A483" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>1762</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
         <x:v>1763</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
         <x:v>1764</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>1765</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:7">
       <x:c r="A484" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>1766</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
         <x:v>1767</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
         <x:v>1768</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>1765</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:7">
       <x:c r="A485" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
         <x:v>1769</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
         <x:v>1770</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>1771</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:7">
       <x:c r="A486" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
         <x:v>1772</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
         <x:v>1773</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>1774</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:7">
       <x:c r="A487" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>1775</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
         <x:v>1776</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
         <x:v>1777</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>1778</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:7">
       <x:c r="A488" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B488" s="0" t="s">
         <x:v>1779</x:v>
       </x:c>
-      <x:c r="B488" s="0" t="s">
+      <x:c r="C488" s="0" t="s">
         <x:v>1780</x:v>
       </x:c>
-      <x:c r="C488" s="0" t="s">
+      <x:c r="D488" s="0" t="s">
         <x:v>1781</x:v>
       </x:c>
-      <x:c r="D488" s="0" t="s">
+      <x:c r="E488" s="0" t="s">
         <x:v>1782</x:v>
       </x:c>
-      <x:c r="E488" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F488" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:7">
       <x:c r="A489" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>1784</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
         <x:v>1785</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
         <x:v>1786</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
-        <x:v>1783</x:v>
+        <x:v>1782</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:7">
       <x:c r="A490" s="0" t="s">
         <x:v>1787</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>1788</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
         <x:v>1789</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
         <x:v>1790</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>1791</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:7">
       <x:c r="A491" s="0" t="s">
-        <x:v>1116</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>1792</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
         <x:v>1793</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
         <x:v>1794</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>1795</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:7">
       <x:c r="A492" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>1796</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
         <x:v>1797</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
         <x:v>1798</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>1795</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:7">
       <x:c r="A493" s="0" t="s">
         <x:v>1799</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>1800</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
         <x:v>1801</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
         <x:v>1802</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>1803</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:7">
       <x:c r="A494" s="0" t="s">
-        <x:v>1011</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>1804</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
         <x:v>1805</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
         <x:v>1806</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>1807</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:7">
       <x:c r="A495" s="0" t="s">
-        <x:v>1011</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>1808</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
         <x:v>1809</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
         <x:v>1810</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>1807</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:7">
       <x:c r="A496" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>1811</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
         <x:v>1813</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>1807</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:7">
       <x:c r="A497" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>1814</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
         <x:v>1815</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
         <x:v>1816</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>1817</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:7">
       <x:c r="A498" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>1595</x:v>
+        <x:v>1818</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>1818</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>1819</x:v>
+        <x:v>1820</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>1817</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:7">
       <x:c r="A499" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>1820</x:v>
+        <x:v>1595</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
         <x:v>1821</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
         <x:v>1822</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>1817</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:7">
       <x:c r="A500" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>1823</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
         <x:v>1824</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
         <x:v>1825</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>1826</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:7">
       <x:c r="A501" s="0" t="s">
-        <x:v>1011</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>1827</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
         <x:v>1828</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
         <x:v>1829</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>1830</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:7">
       <x:c r="A502" s="0" t="s">
         <x:v>1831</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
         <x:v>1832</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
         <x:v>1833</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>1834</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:7">
       <x:c r="A503" s="0" t="s">
-        <x:v>1527</x:v>
+        <x:v>1523</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>1113</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
         <x:v>1835</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
         <x:v>1836</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>1837</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:7">
       <x:c r="A504" s="0" t="s">
         <x:v>1838</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>1839</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
         <x:v>1840</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
         <x:v>1841</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>1837</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:7">
       <x:c r="A505" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B505" s="0" t="s">
         <x:v>1842</x:v>
       </x:c>
-      <x:c r="B505" s="0" t="s">
+      <x:c r="C505" s="0" t="s">
         <x:v>1843</x:v>
       </x:c>
-      <x:c r="C505" s="0" t="s">
+      <x:c r="D505" s="0" t="s">
         <x:v>1844</x:v>
       </x:c>
-      <x:c r="D505" s="0" t="s">
+      <x:c r="E505" s="0" t="s">
         <x:v>1845</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1846</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:7">
       <x:c r="A506" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>1847</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
         <x:v>1848</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
         <x:v>1849</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
-        <x:v>1846</x:v>
+        <x:v>1845</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:7">
       <x:c r="A507" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>1850</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
         <x:v>1851</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
         <x:v>1852</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>1853</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:7">
       <x:c r="A508" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
@@ -19897,166 +19993,166 @@
     <x:row r="510" spans="1:7">
       <x:c r="A510" s="0" t="s">
         <x:v>1862</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>1863</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
         <x:v>1864</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
         <x:v>1865</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>1866</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:7">
       <x:c r="A511" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1867</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
-        <x:v>1867</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>1868</x:v>
+        <x:v>1869</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
-        <x:v>1869</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:7">
       <x:c r="A512" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
+        <x:v>1871</x:v>
+      </x:c>
+      <x:c r="C512" s="0" t="s">
+        <x:v>1872</x:v>
+      </x:c>
+      <x:c r="D512" s="0" t="s">
+        <x:v>1873</x:v>
+      </x:c>
+      <x:c r="E512" s="0" t="s">
         <x:v>1870</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1869</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:7">
       <x:c r="A513" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>1873</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
         <x:v>1874</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
         <x:v>1875</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
-        <x:v>1869</x:v>
+        <x:v>1870</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:7">
       <x:c r="A514" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
         <x:v>1876</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
         <x:v>1877</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>1878</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:7">
       <x:c r="A515" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>1879</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
         <x:v>1880</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
         <x:v>1881</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>1882</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:7">
       <x:c r="A516" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>1883</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
         <x:v>1884</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
         <x:v>1885</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>1882</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:7">
       <x:c r="A517" s="0" t="s">
         <x:v>1886</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
@@ -20150,120 +20246,120 @@
     <x:row r="521" spans="1:7">
       <x:c r="A521" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>1903</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
         <x:v>1904</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
         <x:v>1905</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>1902</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:7">
       <x:c r="A522" s="0" t="s">
-        <x:v>1842</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>1906</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
         <x:v>1907</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
         <x:v>1908</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>1902</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:7">
       <x:c r="A523" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>1909</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
         <x:v>1910</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
         <x:v>1911</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>1912</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:7">
       <x:c r="A524" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>1913</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
         <x:v>1914</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
         <x:v>1915</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>1912</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:7">
       <x:c r="A525" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>1916</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
         <x:v>1917</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
         <x:v>1918</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>1912</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:7">
       <x:c r="A526" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
@@ -20311,51 +20407,51 @@
     <x:row r="528" spans="1:7">
       <x:c r="A528" s="0" t="s">
         <x:v>1926</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
         <x:v>1927</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
         <x:v>1928</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>1925</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:7">
       <x:c r="A529" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>1929</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
         <x:v>1930</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
         <x:v>1931</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>1932</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:7">
       <x:c r="A530" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
@@ -20380,373 +20476,373 @@
     <x:row r="531" spans="1:7">
       <x:c r="A531" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>1936</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
         <x:v>1937</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
         <x:v>1938</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>1939</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:7">
       <x:c r="A532" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>1940</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
         <x:v>1941</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
         <x:v>1942</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>1943</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:7">
       <x:c r="A533" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>1944</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
         <x:v>1945</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
         <x:v>1946</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>1943</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:7">
       <x:c r="A534" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>1947</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
         <x:v>1948</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
         <x:v>1949</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>1950</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:7">
       <x:c r="A535" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>1951</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>1951</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
         <x:v>1952</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
         <x:v>1953</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>1954</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:7">
       <x:c r="A536" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="B536" s="0" t="s">
         <x:v>1955</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>976</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
         <x:v>1956</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
         <x:v>1957</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>1954</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:7">
       <x:c r="A537" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
         <x:v>1958</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
         <x:v>1959</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>1960</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:7">
       <x:c r="A538" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>1696</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
         <x:v>1961</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
         <x:v>1962</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>1963</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:7">
       <x:c r="A539" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>1964</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
         <x:v>1965</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
         <x:v>1966</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>1963</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:7">
       <x:c r="A540" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>1967</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
         <x:v>1968</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
         <x:v>1969</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>1963</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:7">
       <x:c r="A541" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>1970</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
         <x:v>1971</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
         <x:v>1972</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>1973</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:7">
       <x:c r="A542" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>1974</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
         <x:v>1975</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
         <x:v>1976</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>1977</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:7">
       <x:c r="A543" s="0" t="s">
         <x:v>1978</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>1979</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
         <x:v>1980</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
         <x:v>1981</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>1982</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:7">
       <x:c r="A544" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
         <x:v>1983</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
         <x:v>1984</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>1985</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:7">
       <x:c r="A545" s="0" t="s">
-        <x:v>1116</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>1986</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
         <x:v>1987</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
         <x:v>1988</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>1989</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:7">
       <x:c r="A546" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>1990</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
         <x:v>1991</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
         <x:v>1992</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>1989</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:7">
       <x:c r="A547" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
@@ -20771,304 +20867,304 @@
     <x:row r="548" spans="1:7">
       <x:c r="A548" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>1997</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
         <x:v>1998</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
         <x:v>1999</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>1996</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:7">
       <x:c r="A549" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>2000</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
         <x:v>2001</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
         <x:v>2002</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>1996</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:7">
       <x:c r="A550" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>2003</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
         <x:v>2004</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
         <x:v>2005</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>1996</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:7">
       <x:c r="A551" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>2006</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
         <x:v>2007</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
         <x:v>2008</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>2009</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:7">
       <x:c r="A552" s="0" t="s">
-        <x:v>1011</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>2010</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
         <x:v>2011</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
         <x:v>2012</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>2013</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:7">
       <x:c r="A553" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>2014</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
         <x:v>2015</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
         <x:v>2016</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>2017</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:7">
       <x:c r="A554" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>2018</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
         <x:v>2019</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
         <x:v>2020</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:7">
       <x:c r="A555" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:7">
       <x:c r="A556" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>2026</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
         <x:v>2027</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
         <x:v>2028</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:7">
       <x:c r="A557" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>2029</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
         <x:v>2030</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
         <x:v>2031</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>2032</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:7">
       <x:c r="A558" s="0" t="s">
         <x:v>1116</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>2033</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
         <x:v>2034</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
         <x:v>2035</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>2032</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:7">
       <x:c r="A559" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>2036</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
         <x:v>2037</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
         <x:v>2038</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>2039</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:7">
       <x:c r="A560" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>2040</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
         <x:v>2041</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
         <x:v>2042</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>2043</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:7">
       <x:c r="A561" s="0" t="s">
         <x:v>2044</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
@@ -21093,166 +21189,166 @@
     <x:row r="562" spans="1:7">
       <x:c r="A562" s="0" t="s">
         <x:v>2049</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>2050</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
         <x:v>2051</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
         <x:v>2052</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>2053</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:7">
       <x:c r="A563" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>2054</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
         <x:v>2055</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
         <x:v>2056</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>2057</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:7">
       <x:c r="A564" s="0" t="s">
         <x:v>2058</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>2059</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
         <x:v>2060</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
         <x:v>2061</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>2062</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:7">
       <x:c r="A565" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
         <x:v>2063</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
         <x:v>2064</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>2062</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:7">
       <x:c r="A566" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>2065</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
         <x:v>2066</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
         <x:v>2067</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
         <x:v>2068</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:7">
       <x:c r="A567" s="0" t="s">
         <x:v>2069</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>2070</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
         <x:v>2071</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
         <x:v>2072</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>2073</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:7">
       <x:c r="A568" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>2074</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
         <x:v>2075</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
         <x:v>2076</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>2077</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:7">
       <x:c r="A569" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
@@ -21323,258 +21419,258 @@
     <x:row r="572" spans="1:7">
       <x:c r="A572" s="0" t="s">
         <x:v>2058</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>2092</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
         <x:v>2093</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
         <x:v>2094</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>2095</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:7">
       <x:c r="A573" s="0" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="B573" s="0" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="C573" s="0" t="s">
         <x:v>2096</x:v>
       </x:c>
-      <x:c r="B573" s="0" t="s">
+      <x:c r="D573" s="0" t="s">
         <x:v>2097</x:v>
       </x:c>
-      <x:c r="C573" s="0" t="s">
+      <x:c r="E573" s="0" t="s">
         <x:v>2098</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2100</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:7">
       <x:c r="A574" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
+        <x:v>2099</x:v>
+      </x:c>
+      <x:c r="C574" s="0" t="s">
+        <x:v>2100</x:v>
+      </x:c>
+      <x:c r="D574" s="0" t="s">
         <x:v>2101</x:v>
       </x:c>
-      <x:c r="C574" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E574" s="0" t="s">
-        <x:v>2100</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:7">
       <x:c r="A575" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>2102</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>2103</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
         <x:v>2104</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
         <x:v>2105</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
-        <x:v>2100</x:v>
+        <x:v>2098</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:7">
       <x:c r="A576" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>2106</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
         <x:v>2107</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
         <x:v>2108</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>2109</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:7">
       <x:c r="A577" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
         <x:v>2110</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
         <x:v>2111</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>2112</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:7">
       <x:c r="A578" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="C578" s="0" t="s">
         <x:v>2113</x:v>
       </x:c>
-      <x:c r="C578" s="0" t="s">
+      <x:c r="D578" s="0" t="s">
         <x:v>2114</x:v>
       </x:c>
-      <x:c r="D578" s="0" t="s">
+      <x:c r="E578" s="0" t="s">
         <x:v>2115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2116</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:7">
       <x:c r="A579" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>976</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
         <x:v>2117</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
         <x:v>2118</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
-        <x:v>2116</x:v>
+        <x:v>2115</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:7">
       <x:c r="A580" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
         <x:v>2119</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
         <x:v>2120</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>2121</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:7">
       <x:c r="A581" s="0" t="s">
         <x:v>1787</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>2122</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
         <x:v>2123</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
         <x:v>2124</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>2121</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:7">
       <x:c r="A582" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>2125</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
         <x:v>2126</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
         <x:v>2127</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>2128</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:7">
       <x:c r="A583" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
@@ -21599,51 +21695,51 @@
     <x:row r="584" spans="1:7">
       <x:c r="A584" s="0" t="s">
         <x:v>2133</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>2134</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
         <x:v>2135</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
         <x:v>2136</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>2137</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:7">
       <x:c r="A585" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>2138</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
         <x:v>2139</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
         <x:v>2140</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>2141</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:7">
       <x:c r="A586" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
@@ -21668,396 +21764,396 @@
     <x:row r="587" spans="1:7">
       <x:c r="A587" s="0" t="s">
         <x:v>2146</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>2050</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
         <x:v>2147</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
         <x:v>2148</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>2149</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:7">
       <x:c r="A588" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
         <x:v>2150</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
         <x:v>2151</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>2152</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:7">
       <x:c r="A589" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>2153</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
         <x:v>2154</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
         <x:v>2155</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>2156</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:7">
       <x:c r="A590" s="0" t="s">
-        <x:v>1842</x:v>
+        <x:v>1846</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>2157</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
         <x:v>2158</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
         <x:v>2159</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>2160</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:7">
       <x:c r="A591" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>2161</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
         <x:v>2162</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
         <x:v>2163</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>2164</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:7">
       <x:c r="A592" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>2165</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
         <x:v>2166</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
         <x:v>2167</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>2168</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:7">
       <x:c r="A593" s="0" t="s">
-        <x:v>1265</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>2165</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
         <x:v>2169</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
         <x:v>2170</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>2168</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:7">
       <x:c r="A594" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>2171</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
         <x:v>2172</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
         <x:v>2173</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>2174</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:7">
       <x:c r="A595" s="0" t="s">
         <x:v>2175</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>2176</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
         <x:v>2177</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
         <x:v>2178</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>2179</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:7">
       <x:c r="A596" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
-        <x:v>1428</x:v>
+        <x:v>1412</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
         <x:v>2180</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
         <x:v>2181</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>2182</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:7">
       <x:c r="A597" s="0" t="s">
         <x:v>1858</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
         <x:v>2183</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
         <x:v>2184</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>2185</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:7">
       <x:c r="A598" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>2186</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
         <x:v>2187</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
         <x:v>2188</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>2189</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:7">
       <x:c r="A599" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>1974</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
         <x:v>2190</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
         <x:v>2191</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>2192</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:7">
       <x:c r="A600" s="0" t="s">
         <x:v>2193</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>2194</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
         <x:v>2195</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
         <x:v>2196</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>2197</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:7">
       <x:c r="A601" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>2198</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
         <x:v>2199</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
         <x:v>2200</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>2197</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:7">
       <x:c r="A602" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
         <x:v>2201</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
         <x:v>2202</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
         <x:v>2203</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:7">
       <x:c r="A603" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>2204</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
         <x:v>2205</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
         <x:v>2206</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
         <x:v>2207</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:7">
       <x:c r="A604" s="0" t="s">
         <x:v>2208</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
@@ -22105,215 +22201,215 @@
     <x:row r="606" spans="1:7">
       <x:c r="A606" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>2217</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
         <x:v>2218</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
         <x:v>2219</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
         <x:v>2216</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:7">
       <x:c r="A607" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>2220</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
         <x:v>2221</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
         <x:v>2222</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
         <x:v>2223</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:7">
       <x:c r="A608" s="0" t="s">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>2224</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
         <x:v>2225</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
         <x:v>2226</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>2227</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:7">
       <x:c r="A609" s="0" t="s">
-        <x:v>1340</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>2228</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
         <x:v>2229</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
         <x:v>2230</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>2231</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:7">
       <x:c r="A610" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>2232</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
-        <x:v>2232</x:v>
+        <x:v>2233</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
-        <x:v>2233</x:v>
+        <x:v>2234</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
-        <x:v>2234</x:v>
+        <x:v>2235</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:7">
       <x:c r="A611" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
+        <x:v>2236</x:v>
+      </x:c>
+      <x:c r="C611" s="0" t="s">
+        <x:v>2237</x:v>
+      </x:c>
+      <x:c r="D611" s="0" t="s">
+        <x:v>2238</x:v>
+      </x:c>
+      <x:c r="E611" s="0" t="s">
         <x:v>2235</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>2234</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:7">
       <x:c r="A612" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
-        <x:v>2238</x:v>
+        <x:v>2239</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
-        <x:v>2239</x:v>
+        <x:v>2240</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
-        <x:v>2240</x:v>
+        <x:v>2241</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
-        <x:v>2234</x:v>
+        <x:v>2235</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:7">
       <x:c r="A613" s="0" t="s">
-        <x:v>2241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
         <x:v>2242</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
         <x:v>2243</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
-        <x:v>2234</x:v>
+        <x:v>2235</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:7">
       <x:c r="A614" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
         <x:v>2244</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
         <x:v>2245</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
         <x:v>2246</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:7">
       <x:c r="A615" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>2247</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
@@ -22335,672 +22431,672 @@
     <x:row r="616" spans="1:7">
       <x:c r="A616" s="0" t="s">
         <x:v>2250</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>2251</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
         <x:v>2252</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
         <x:v>2253</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>2254</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:7">
       <x:c r="A617" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
         <x:v>2255</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
         <x:v>2256</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
         <x:v>2257</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:7">
       <x:c r="A618" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>2258</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
         <x:v>2259</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
         <x:v>2260</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>2261</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:7">
       <x:c r="A619" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>2262</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
         <x:v>2263</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
         <x:v>2264</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>2261</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:7">
       <x:c r="A620" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>2265</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
         <x:v>2266</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
         <x:v>2267</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>2268</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:7">
       <x:c r="A621" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>2269</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
         <x:v>2270</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
         <x:v>2271</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>2272</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:7">
       <x:c r="A622" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C622" s="0" t="s">
         <x:v>2273</x:v>
       </x:c>
-      <x:c r="C622" s="0" t="s">
+      <x:c r="D622" s="0" t="s">
         <x:v>2274</x:v>
       </x:c>
-      <x:c r="D622" s="0" t="s">
+      <x:c r="E622" s="0" t="s">
         <x:v>2275</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2276</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:7">
       <x:c r="A623" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>2276</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
         <x:v>2277</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
         <x:v>2278</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
-        <x:v>2276</x:v>
+        <x:v>2275</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:7">
       <x:c r="A624" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>2279</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
         <x:v>2280</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
         <x:v>2281</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
         <x:v>2282</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:7">
       <x:c r="A625" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>2283</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
         <x:v>2284</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
         <x:v>2285</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>2286</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:7">
       <x:c r="A626" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>2287</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
         <x:v>2288</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
         <x:v>2289</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
         <x:v>2286</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:7">
       <x:c r="A627" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>2290</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
         <x:v>2291</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
         <x:v>2292</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
         <x:v>2286</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:7">
       <x:c r="A628" s="0" t="s">
-        <x:v>1416</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>2293</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
         <x:v>2294</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
         <x:v>2295</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
         <x:v>2286</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:7">
       <x:c r="A629" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>2296</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
         <x:v>2297</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
         <x:v>2298</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>2286</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:7">
       <x:c r="A630" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>2299</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
         <x:v>2300</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
         <x:v>2301</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>2286</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:7">
       <x:c r="A631" s="0" t="s">
         <x:v>1116</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
         <x:v>2302</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
         <x:v>2303</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>2304</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:7">
       <x:c r="A632" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
-        <x:v>15</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
         <x:v>2305</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
         <x:v>2306</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>2307</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:7">
       <x:c r="A633" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
         <x:v>2308</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
         <x:v>2309</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>2307</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:7">
       <x:c r="A634" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
         <x:v>2310</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
         <x:v>2311</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>2307</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:7">
       <x:c r="A635" s="0" t="s">
-        <x:v>1710</x:v>
+        <x:v>1716</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>2312</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
         <x:v>2313</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
         <x:v>2314</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>2315</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:7">
       <x:c r="A636" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>2204</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
         <x:v>2316</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
         <x:v>2317</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>2318</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:7">
       <x:c r="A637" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>2319</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
         <x:v>2320</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
         <x:v>2321</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>2322</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:7">
       <x:c r="A638" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>1970</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
         <x:v>2323</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
         <x:v>2324</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>2325</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:7">
       <x:c r="A639" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
+        <x:v>1507</x:v>
+      </x:c>
+      <x:c r="C639" s="0" t="s">
         <x:v>2326</x:v>
       </x:c>
-      <x:c r="C639" s="0" t="s">
+      <x:c r="D639" s="0" t="s">
         <x:v>2327</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2328</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>2325</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:7">
       <x:c r="A640" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
-        <x:v>1500</x:v>
+        <x:v>2328</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
         <x:v>2329</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
         <x:v>2330</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>2325</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:7">
       <x:c r="A641" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>2331</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
         <x:v>2332</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
         <x:v>2333</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>2334</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:7">
       <x:c r="A642" s="0" t="s">
         <x:v>2335</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>2336</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
         <x:v>2337</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
         <x:v>2338</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>2339</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:7">
       <x:c r="A643" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>2340</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
         <x:v>2341</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
         <x:v>2342</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>2343</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:7">
       <x:c r="A644" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>2344</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
         <x:v>2345</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
         <x:v>2346</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>2347</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:7">
       <x:c r="A645" s="0" t="s">
         <x:v>2348</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
@@ -23028,347 +23124,347 @@
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>2354</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
         <x:v>2355</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
         <x:v>2356</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
         <x:v>2357</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:7">
       <x:c r="A647" s="0" t="s">
         <x:v>2358</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
         <x:v>2359</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
         <x:v>2360</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
         <x:v>2361</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:7">
       <x:c r="A648" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>2362</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
         <x:v>2363</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
         <x:v>2364</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>2365</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:7">
       <x:c r="A649" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>2366</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
         <x:v>2367</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
         <x:v>2368</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>2369</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:7">
       <x:c r="A650" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>2370</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
         <x:v>2371</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
         <x:v>2372</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
         <x:v>2373</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:7">
       <x:c r="A651" s="0" t="s">
         <x:v>2374</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
         <x:v>2375</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
         <x:v>2376</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>2377</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:7">
       <x:c r="A652" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>2378</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
         <x:v>2379</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
         <x:v>2380</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>2381</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:7">
       <x:c r="A653" s="0" t="s">
         <x:v>2382</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
         <x:v>2383</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
         <x:v>2384</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>2385</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:7">
       <x:c r="A654" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
-        <x:v>2326</x:v>
+        <x:v>2328</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
         <x:v>2386</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
         <x:v>2387</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
         <x:v>2388</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:7">
       <x:c r="A655" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>2389</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
         <x:v>2390</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
         <x:v>2391</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>2392</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:7">
       <x:c r="A656" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>2393</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
         <x:v>2394</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
         <x:v>2395</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>2392</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:7">
       <x:c r="A657" s="0" t="s">
-        <x:v>1787</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>2396</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
         <x:v>2397</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
         <x:v>2398</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>2392</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:7">
       <x:c r="A658" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>2399</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
-        <x:v>2399</x:v>
+        <x:v>2400</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
-        <x:v>2400</x:v>
+        <x:v>2401</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
-        <x:v>2401</x:v>
+        <x:v>2402</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>2392</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:7">
       <x:c r="A659" s="0" t="s">
-        <x:v>2402</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>2403</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
         <x:v>2404</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
         <x:v>2405</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>2392</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:7">
       <x:c r="A660" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>2406</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
         <x:v>2407</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
         <x:v>2408</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>2392</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:7">
       <x:c r="A661" s="0" t="s">
         <x:v>2409</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
@@ -23393,86 +23489,86 @@
     <x:row r="662" spans="1:7">
       <x:c r="A662" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>2414</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
         <x:v>2415</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
         <x:v>2416</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>2417</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:7">
       <x:c r="A663" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>1788</x:v>
+        <x:v>2418</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
-        <x:v>2418</x:v>
+        <x:v>2419</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
-        <x:v>2419</x:v>
+        <x:v>2420</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
-        <x:v>2420</x:v>
+        <x:v>2421</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:7">
       <x:c r="A664" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
-        <x:v>2421</x:v>
+        <x:v>1788</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
         <x:v>2422</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
         <x:v>2423</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
-        <x:v>2420</x:v>
+        <x:v>2421</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:7">
       <x:c r="A665" s="0" t="s">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>2424</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
         <x:v>2425</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
         <x:v>2426</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>2427</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
@@ -23485,74 +23581,74 @@
     <x:row r="666" spans="1:7">
       <x:c r="A666" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>2428</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
         <x:v>2429</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
         <x:v>2430</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>2431</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:7">
       <x:c r="A667" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>2432</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
         <x:v>2433</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
         <x:v>2434</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>2435</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:7">
       <x:c r="A668" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>2436</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
         <x:v>2437</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
         <x:v>2438</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>2435</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:7">
       <x:c r="A669" s="0" t="s">
         <x:v>2439</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
@@ -23577,120 +23673,120 @@
     <x:row r="670" spans="1:7">
       <x:c r="A670" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>2444</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
         <x:v>2445</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
         <x:v>2446</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>2447</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:7">
       <x:c r="A671" s="0" t="s">
-        <x:v>1336</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
         <x:v>2448</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
         <x:v>2449</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>2450</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:7">
       <x:c r="A672" s="0" t="s">
         <x:v>2451</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
         <x:v>2452</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
         <x:v>2453</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>2450</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:7">
       <x:c r="A673" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
         <x:v>2454</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
         <x:v>2455</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>2456</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:7">
       <x:c r="A674" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>2457</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
         <x:v>2458</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
         <x:v>2459</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
         <x:v>2460</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:7">
       <x:c r="A675" s="0" t="s">
         <x:v>2049</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
@@ -23715,270 +23811,270 @@
     <x:row r="676" spans="1:7">
       <x:c r="A676" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>2465</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
         <x:v>2466</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
         <x:v>2467</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
         <x:v>2464</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:7">
       <x:c r="A677" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>2468</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
         <x:v>2469</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
         <x:v>2470</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
         <x:v>2471</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:7">
       <x:c r="A678" s="0" t="s">
         <x:v>1926</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>2472</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
         <x:v>2473</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
         <x:v>2474</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
         <x:v>2475</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:7">
       <x:c r="A679" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>2340</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
         <x:v>2476</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
         <x:v>2477</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
         <x:v>2478</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:7">
       <x:c r="A680" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
         <x:v>2479</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
         <x:v>2480</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
         <x:v>2481</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:7">
       <x:c r="A681" s="0" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B681" s="0" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="C681" s="0" t="s">
         <x:v>2482</x:v>
       </x:c>
-      <x:c r="B681" s="0" t="s">
+      <x:c r="D681" s="0" t="s">
         <x:v>2483</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>2485</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
         <x:v>2481</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:7">
       <x:c r="A682" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>2484</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
+        <x:v>2485</x:v>
+      </x:c>
+      <x:c r="C682" s="0" t="s">
         <x:v>2486</x:v>
       </x:c>
-      <x:c r="C682" s="0" t="s">
+      <x:c r="D682" s="0" t="s">
         <x:v>2487</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2488</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
         <x:v>2481</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:7">
       <x:c r="A683" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>2488</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
         <x:v>2489</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
         <x:v>2490</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
         <x:v>2481</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:7">
       <x:c r="A684" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>2491</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
         <x:v>2492</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
         <x:v>2493</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
         <x:v>2494</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:7">
       <x:c r="A685" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B685" s="0" t="s">
         <x:v>2495</x:v>
       </x:c>
-      <x:c r="B685" s="0" t="s">
+      <x:c r="C685" s="0" t="s">
         <x:v>2496</x:v>
       </x:c>
-      <x:c r="C685" s="0" t="s">
+      <x:c r="D685" s="0" t="s">
         <x:v>2497</x:v>
       </x:c>
-      <x:c r="D685" s="0" t="s">
+      <x:c r="E685" s="0" t="s">
         <x:v>2498</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2499</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:7">
       <x:c r="A686" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>2499</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>2500</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
         <x:v>2501</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
         <x:v>2502</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
-        <x:v>2499</x:v>
+        <x:v>2498</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:7">
       <x:c r="A687" s="0" t="s">
         <x:v>2503</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>2504</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
         <x:v>2505</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
         <x:v>2506</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
         <x:v>2507</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
@@ -24037,344 +24133,528 @@
     <x:row r="690" spans="1:7">
       <x:c r="A690" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>2516</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
         <x:v>2517</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
         <x:v>2518</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
         <x:v>2519</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:7">
       <x:c r="A691" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>1787</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>2520</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
         <x:v>2521</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
         <x:v>2522</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
         <x:v>2523</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:7">
       <x:c r="A692" s="0" t="s">
-        <x:v>1787</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>2524</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
         <x:v>2525</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
         <x:v>2526</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
         <x:v>2523</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:7">
       <x:c r="A693" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>2527</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
         <x:v>2528</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
         <x:v>2529</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
         <x:v>2530</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:7">
       <x:c r="A694" s="0" t="s">
-        <x:v>1176</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
         <x:v>2531</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
         <x:v>2532</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
         <x:v>2533</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:7">
       <x:c r="A695" s="0" t="s">
         <x:v>2534</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
         <x:v>2535</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
         <x:v>2536</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
         <x:v>2537</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:7">
       <x:c r="A696" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>2538</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
         <x:v>2539</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
+        <x:v>2536</x:v>
+      </x:c>
+      <x:c r="E696" s="0" t="s">
         <x:v>2540</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2541</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:7">
       <x:c r="A697" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
+        <x:v>2541</x:v>
+      </x:c>
+      <x:c r="C697" s="0" t="s">
         <x:v>2542</x:v>
       </x:c>
-      <x:c r="C697" s="0" t="s">
+      <x:c r="D697" s="0" t="s">
         <x:v>2543</x:v>
       </x:c>
-      <x:c r="D697" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E697" s="0" t="s">
-        <x:v>2541</x:v>
+        <x:v>2540</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:7">
       <x:c r="A698" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
+        <x:v>2544</x:v>
+      </x:c>
+      <x:c r="C698" s="0" t="s">
         <x:v>2545</x:v>
       </x:c>
-      <x:c r="C698" s="0" t="s">
+      <x:c r="D698" s="0" t="s">
         <x:v>2546</x:v>
       </x:c>
-      <x:c r="D698" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E698" s="0" t="s">
-        <x:v>2541</x:v>
+        <x:v>2540</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:7">
       <x:c r="A699" s="0" t="s">
-        <x:v>1416</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>2547</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
         <x:v>2548</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
         <x:v>2549</x:v>
       </x:c>
       <x:c r="E699" s="0" t="s">
         <x:v>2550</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:7">
       <x:c r="A700" s="0" t="s">
         <x:v>2551</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>2552</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
         <x:v>2553</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
         <x:v>2554</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
         <x:v>2555</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:7">
       <x:c r="A701" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>2556</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
         <x:v>2557</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
         <x:v>2558</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
         <x:v>2559</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:7">
       <x:c r="A702" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>2560</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
         <x:v>2561</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
         <x:v>2562</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
         <x:v>2563</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:7">
       <x:c r="A703" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>2564</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
         <x:v>2565</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
         <x:v>2566</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
         <x:v>2567</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="704" spans="1:7">
+      <x:c r="A704" s="0" t="s">
+        <x:v>2568</x:v>
+      </x:c>
+      <x:c r="B704" s="0" t="s">
+        <x:v>2569</x:v>
+      </x:c>
+      <x:c r="C704" s="0" t="s">
+        <x:v>2570</x:v>
+      </x:c>
+      <x:c r="D704" s="0" t="s">
+        <x:v>2571</x:v>
+      </x:c>
+      <x:c r="E704" s="0" t="s">
+        <x:v>2572</x:v>
+      </x:c>
+      <x:c r="F704" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G704" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="705" spans="1:7">
+      <x:c r="A705" s="0" t="s">
+        <x:v>1787</x:v>
+      </x:c>
+      <x:c r="B705" s="0" t="s">
+        <x:v>2573</x:v>
+      </x:c>
+      <x:c r="C705" s="0" t="s">
+        <x:v>2574</x:v>
+      </x:c>
+      <x:c r="D705" s="0" t="s">
+        <x:v>2575</x:v>
+      </x:c>
+      <x:c r="E705" s="0" t="s">
+        <x:v>2576</x:v>
+      </x:c>
+      <x:c r="F705" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G705" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="706" spans="1:7">
+      <x:c r="A706" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B706" s="0" t="s">
+        <x:v>2577</x:v>
+      </x:c>
+      <x:c r="C706" s="0" t="s">
+        <x:v>2578</x:v>
+      </x:c>
+      <x:c r="D706" s="0" t="s">
+        <x:v>2579</x:v>
+      </x:c>
+      <x:c r="E706" s="0" t="s">
+        <x:v>2576</x:v>
+      </x:c>
+      <x:c r="F706" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G706" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="707" spans="1:7">
+      <x:c r="A707" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B707" s="0" t="s">
+        <x:v>2580</x:v>
+      </x:c>
+      <x:c r="C707" s="0" t="s">
+        <x:v>2581</x:v>
+      </x:c>
+      <x:c r="D707" s="0" t="s">
+        <x:v>2582</x:v>
+      </x:c>
+      <x:c r="E707" s="0" t="s">
+        <x:v>2583</x:v>
+      </x:c>
+      <x:c r="F707" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G707" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="708" spans="1:7">
+      <x:c r="A708" s="0" t="s">
+        <x:v>2503</x:v>
+      </x:c>
+      <x:c r="B708" s="0" t="s">
+        <x:v>2584</x:v>
+      </x:c>
+      <x:c r="C708" s="0" t="s">
+        <x:v>2585</x:v>
+      </x:c>
+      <x:c r="D708" s="0" t="s">
+        <x:v>2586</x:v>
+      </x:c>
+      <x:c r="E708" s="0" t="s">
+        <x:v>2587</x:v>
+      </x:c>
+      <x:c r="F708" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G708" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="709" spans="1:7">
+      <x:c r="A709" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="B709" s="0" t="s">
+        <x:v>2588</x:v>
+      </x:c>
+      <x:c r="C709" s="0" t="s">
+        <x:v>2589</x:v>
+      </x:c>
+      <x:c r="D709" s="0" t="s">
+        <x:v>2590</x:v>
+      </x:c>
+      <x:c r="E709" s="0" t="s">
+        <x:v>2591</x:v>
+      </x:c>
+      <x:c r="F709" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G709" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="710" spans="1:7">
+      <x:c r="A710" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="B710" s="0" t="s">
+        <x:v>2592</x:v>
+      </x:c>
+      <x:c r="C710" s="0" t="s">
+        <x:v>2593</x:v>
+      </x:c>
+      <x:c r="D710" s="0" t="s">
+        <x:v>2594</x:v>
+      </x:c>
+      <x:c r="E710" s="0" t="s">
+        <x:v>2595</x:v>
+      </x:c>
+      <x:c r="F710" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G710" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="711" spans="1:7">
+      <x:c r="A711" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="B711" s="0" t="s">
+        <x:v>2596</x:v>
+      </x:c>
+      <x:c r="C711" s="0" t="s">
+        <x:v>2597</x:v>
+      </x:c>
+      <x:c r="D711" s="0" t="s">
+        <x:v>2598</x:v>
+      </x:c>
+      <x:c r="E711" s="0" t="s">
+        <x:v>2599</x:v>
+      </x:c>
+      <x:c r="F711" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G711" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Medici Veterinari</vt:lpstr>
       <vt:lpstr>Medici Veterinari!Print_Area</vt:lpstr>
       <vt:lpstr>Medici Veterinari!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>